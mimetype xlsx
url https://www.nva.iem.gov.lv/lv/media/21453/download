--- v0 (2025-10-15)
+++ v1 (2026-01-02)
@@ -2,71 +2,71 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20412"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vanda.skole\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\2E3SJ6YZ\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\Nodala - APSAIMNIEKOSANAS\IZSOLES\IZŅĒMUMI bez izsoles\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EB60E7FB-7B1C-4496-9FC8-8F0B657D04E0}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CC83BB94-B4A7-4F6A-99E3-8726B5CFA5F4}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19430" windowHeight="10310" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11505" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="287" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301" uniqueCount="194">
   <si>
     <t xml:space="preserve">                      20.02.2018. Ministru kabineta noteikumi Nr.97</t>
   </si>
   <si>
     <t>Adrese</t>
   </si>
   <si>
     <t>lietošanas mērķis</t>
   </si>
   <si>
     <t xml:space="preserve">Nekustamais īpašums </t>
   </si>
   <si>
     <t>Nomnieks</t>
   </si>
   <si>
     <t>nosaukums</t>
   </si>
   <si>
     <t>reģistrācijas numurs</t>
   </si>
   <si>
     <t xml:space="preserve">                        INFORMĀCIJA</t>
   </si>
   <si>
@@ -256,53 +256,50 @@
   <si>
     <t>07.03.2022. plkst.10.00</t>
   </si>
   <si>
     <t>SIA "IVIKS</t>
   </si>
   <si>
     <t>150,00/250 m2</t>
   </si>
   <si>
     <t xml:space="preserve">11.03.2022.   plkst.14.00        </t>
   </si>
   <si>
     <t>Rūdolfa iela 5, Rīga</t>
   </si>
   <si>
     <t>ēdināšanas pakalpojumi</t>
   </si>
   <si>
     <t>Ēdināšanas pakalpojumu sniegšana ar ierobežotu piekļuvi (slēgta teritorija)</t>
   </si>
   <si>
     <t>31.12.2027.</t>
   </si>
   <si>
-    <t>Sarmīte Liepniece 27836399</t>
-[...1 lines deleted...]
-  <si>
     <t>18.05.2022.      plkst. 11.00</t>
   </si>
   <si>
     <t>līguma termiņš</t>
   </si>
   <si>
     <t>17.05.2022.</t>
   </si>
   <si>
     <t>SIA "Pilskrogs-1"</t>
   </si>
   <si>
     <t>Klusā iela 12, Rīga</t>
   </si>
   <si>
     <t>karsto dzērienu automāta izvietošana</t>
   </si>
   <si>
     <t>3 gadi</t>
   </si>
   <si>
     <t>15.06.2022.</t>
   </si>
   <si>
     <t>16.06.2022. plkst.11.00</t>
@@ -439,119 +436,110 @@
   <si>
     <t>17.11.2022 1.3.2-07/40</t>
   </si>
   <si>
     <t>30.11.2022.</t>
   </si>
   <si>
     <t>30.11.2022. plskt.11.00</t>
   </si>
   <si>
     <t>Piestātnes iela 14 k-1, Jūrmala (atkārtoti)</t>
   </si>
   <si>
     <t>Ezermalas iela 10B, Rīga</t>
   </si>
   <si>
     <t>23.11.2022  1.3.2-07/42</t>
   </si>
   <si>
     <t>01.12.2022.</t>
   </si>
   <si>
     <t>01.12.2022.     plkst.11.00</t>
   </si>
   <si>
-    <t>Juris Pauliņš    26486637</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Coffee Address SIA </t>
   </si>
   <si>
     <t>Gogoļa iela 7A, Rīga</t>
   </si>
   <si>
     <t>22.12.2022    1.3.2-07/49</t>
   </si>
   <si>
     <t>04.01.2023.</t>
   </si>
   <si>
     <t>04.01.2023.       plkst.11.00</t>
   </si>
   <si>
-    <t xml:space="preserve">Edgars Plass  28619546   </t>
-[...1 lines deleted...]
-  <si>
     <t>Ezermalas iela 10, Rīga</t>
   </si>
   <si>
     <t>23.12.2022.          1.3.2-07/50</t>
   </si>
   <si>
     <t>24.79</t>
   </si>
   <si>
     <t>05.01.2023.</t>
   </si>
   <si>
     <t>05.01.2023.       plkst.11.00</t>
   </si>
   <si>
     <t>SIA “TeleTower”</t>
   </si>
   <si>
     <t>28.03.2028.</t>
   </si>
   <si>
     <t>UAB “Osama” filiāle ”OSAMA DISTRIBUTORS”</t>
   </si>
   <si>
     <t>20.02.2028.</t>
   </si>
   <si>
     <t>17 (līdz 30 m2)</t>
   </si>
   <si>
     <t>150,00/17 m2 (līdz 30 m2)</t>
   </si>
   <si>
     <t xml:space="preserve">5 gadi </t>
   </si>
   <si>
     <t xml:space="preserve">17.05.2023.  1.3.2-07/7 </t>
   </si>
   <si>
     <t>25.05.2023.</t>
   </si>
   <si>
     <t>26.05.2023.       plkst.11.00</t>
   </si>
   <si>
-    <t>Andris Mihaļovs    25457903</t>
-[...1 lines deleted...]
-  <si>
     <t>Ezermalas iela 10A, Rīga</t>
   </si>
   <si>
     <t>pārtikas un dzērienu automāta izvietošana</t>
   </si>
   <si>
     <t xml:space="preserve">16.06.2023.  1.3.2-07/14   </t>
   </si>
   <si>
     <t>26.06.2023.</t>
   </si>
   <si>
     <t>26.06.2023.      plkst.11.00</t>
   </si>
   <si>
     <t>“Robeža”, Aizgāršas ielā 2, Goliševā, Goliševas pagastā, Ludzas novadā</t>
   </si>
   <si>
     <t>torņa daļa</t>
   </si>
   <si>
     <t>tehnisku iekārtu izvietošanai</t>
   </si>
   <si>
     <t>13.06.2023. 1.3.2-07/13</t>
@@ -619,60 +607,84 @@
   <si>
     <t>Pieteikumus nomai nosūta elektroniski uz e-pasta adresi: noma@agentura.iem.gov.lv, sūta pa pastu vai iesniedz personīgi:  Nodrošinājuma valsts aģentūra Ezermalas iela 10B, Rīga, LV-1014, 417., kabinets, Pieteikums nomai (nomas objekta adrese).</t>
   </si>
   <si>
     <t>Pieteikuma veidlapa pievienota sadaļā "Nomas objekti bez izsoles".</t>
   </si>
   <si>
     <t>31.12.2025.</t>
   </si>
   <si>
     <t>16.01.2030.</t>
   </si>
   <si>
     <t>06.11.2025.</t>
   </si>
   <si>
     <t>25.02.2030.</t>
   </si>
   <si>
     <t>"12eat Latvija" SIA</t>
   </si>
   <si>
     <t>17.02.2025.</t>
   </si>
   <si>
-    <t>Juris Pauliņš    26486637   Vanda Skole 67829047</t>
-[...1 lines deleted...]
-  <si>
     <t>1 karsto dzērienu tirdzniecības automāts,        1 pārtikas tirdzniecības automāts</t>
   </si>
   <si>
     <t>27.01.2025.  plkst.10.00</t>
   </si>
   <si>
     <t>18.02.2025.   plkst.10.00</t>
+  </si>
+  <si>
+    <t>Krustpils iela 10, Rīga</t>
+  </si>
+  <si>
+    <t>1 karsto dzērienu tirdzniecības automāts,        1 uzkodu un dzērienu tirdzniecības automāts</t>
+  </si>
+  <si>
+    <t>19.11.2025. Nr.10</t>
+  </si>
+  <si>
+    <t>09.12.2025.</t>
+  </si>
+  <si>
+    <t>10.12.2025.    plkst.13.00</t>
+  </si>
+  <si>
+    <t>Artjoms Jeļisejevs 25623311   Vanda Skole 67829047</t>
+  </si>
+  <si>
+    <t>07.02.2025. Nr.1.3.2-07/3</t>
+  </si>
+  <si>
+    <t>"Sanitex" SIA</t>
+  </si>
+  <si>
+    <t>02.03.2030.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -887,51 +899,51 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="114">
+  <cellXfs count="116">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
@@ -1155,50 +1167,56 @@
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
@@ -1480,249 +1498,249 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A3:U75"/>
+  <dimension ref="A3:U76"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="C28" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="L29" sqref="L29"/>
+    <sheetView tabSelected="1" topLeftCell="A28" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="P30" sqref="P30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="23.81640625" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="15" max="15" width="14.1796875" customWidth="1"/>
+    <col min="1" max="1" width="23.85546875" customWidth="1"/>
+    <col min="2" max="2" width="33.85546875" customWidth="1"/>
+    <col min="3" max="3" width="8.140625" customWidth="1"/>
+    <col min="4" max="4" width="14.42578125" customWidth="1"/>
+    <col min="5" max="5" width="30.28515625" customWidth="1"/>
+    <col min="6" max="6" width="11.28515625" customWidth="1"/>
+    <col min="7" max="7" width="13.42578125" customWidth="1"/>
+    <col min="8" max="8" width="10.42578125" customWidth="1"/>
+    <col min="9" max="9" width="13.7109375" customWidth="1"/>
+    <col min="10" max="10" width="13.42578125" customWidth="1"/>
+    <col min="11" max="11" width="12.140625" customWidth="1"/>
+    <col min="12" max="13" width="18.85546875" customWidth="1"/>
+    <col min="14" max="14" width="15.7109375" customWidth="1"/>
+    <col min="15" max="15" width="14.140625" customWidth="1"/>
     <col min="16" max="16" width="23" customWidth="1"/>
-    <col min="17" max="17" width="14.81640625" customWidth="1"/>
-    <col min="18" max="18" width="14.453125" customWidth="1"/>
+    <col min="17" max="17" width="14.85546875" customWidth="1"/>
+    <col min="18" max="18" width="14.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:21" ht="15" x14ac:dyDescent="0.35">
-      <c r="A3" s="105" t="s">
+    <row r="3" spans="1:21" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="107" t="s">
         <v>7</v>
       </c>
-      <c r="B3" s="105"/>
-[...17 lines deleted...]
-      <c r="A4" s="105" t="s">
+      <c r="B3" s="107"/>
+      <c r="C3" s="107"/>
+      <c r="D3" s="107"/>
+      <c r="E3" s="107"/>
+      <c r="F3" s="107"/>
+      <c r="G3" s="107"/>
+      <c r="H3" s="107"/>
+      <c r="I3" s="107"/>
+      <c r="J3" s="107"/>
+      <c r="K3" s="107"/>
+      <c r="L3" s="107"/>
+      <c r="M3" s="107"/>
+      <c r="N3" s="107"/>
+      <c r="O3" s="107"/>
+      <c r="P3" s="107"/>
+      <c r="Q3" s="107"/>
+    </row>
+    <row r="4" spans="1:21" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="107" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="105"/>
-[...17 lines deleted...]
-      <c r="A5" s="106" t="s">
+      <c r="B4" s="107"/>
+      <c r="C4" s="107"/>
+      <c r="D4" s="107"/>
+      <c r="E4" s="107"/>
+      <c r="F4" s="107"/>
+      <c r="G4" s="107"/>
+      <c r="H4" s="107"/>
+      <c r="I4" s="107"/>
+      <c r="J4" s="107"/>
+      <c r="K4" s="107"/>
+      <c r="L4" s="107"/>
+      <c r="M4" s="107"/>
+      <c r="N4" s="107"/>
+      <c r="O4" s="107"/>
+      <c r="P4" s="107"/>
+      <c r="Q4" s="107"/>
+    </row>
+    <row r="5" spans="1:21" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="108" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="106"/>
-[...17 lines deleted...]
-      <c r="A6" s="106" t="s">
+      <c r="B5" s="108"/>
+      <c r="C5" s="108"/>
+      <c r="D5" s="108"/>
+      <c r="E5" s="108"/>
+      <c r="F5" s="108"/>
+      <c r="G5" s="108"/>
+      <c r="H5" s="108"/>
+      <c r="I5" s="108"/>
+      <c r="J5" s="108"/>
+      <c r="K5" s="108"/>
+      <c r="L5" s="108"/>
+      <c r="M5" s="108"/>
+      <c r="N5" s="108"/>
+      <c r="O5" s="108"/>
+      <c r="P5" s="108"/>
+      <c r="Q5" s="108"/>
+    </row>
+    <row r="6" spans="1:21" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="108" t="s">
         <v>10</v>
       </c>
-      <c r="B6" s="106"/>
-[...18 lines deleted...]
-      <c r="A8" s="107" t="s">
+      <c r="B6" s="108"/>
+      <c r="C6" s="108"/>
+      <c r="D6" s="108"/>
+      <c r="E6" s="108"/>
+      <c r="F6" s="108"/>
+      <c r="G6" s="108"/>
+      <c r="H6" s="108"/>
+      <c r="I6" s="108"/>
+      <c r="J6" s="108"/>
+      <c r="K6" s="108"/>
+      <c r="L6" s="108"/>
+      <c r="M6" s="108"/>
+      <c r="N6" s="108"/>
+      <c r="O6" s="108"/>
+      <c r="P6" s="108"/>
+      <c r="Q6" s="108"/>
+    </row>
+    <row r="7" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="8" spans="1:21" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="107"/>
-[...4 lines deleted...]
-      <c r="G8" s="109" t="s">
+      <c r="B8" s="109"/>
+      <c r="C8" s="109"/>
+      <c r="D8" s="109"/>
+      <c r="E8" s="109"/>
+      <c r="F8" s="109"/>
+      <c r="G8" s="111" t="s">
         <v>16</v>
       </c>
-      <c r="H8" s="108" t="s">
+      <c r="H8" s="110" t="s">
         <v>21</v>
       </c>
       <c r="I8" s="10"/>
-      <c r="J8" s="108" t="s">
+      <c r="J8" s="110" t="s">
         <v>48</v>
       </c>
-      <c r="K8" s="108" t="s">
+      <c r="K8" s="110" t="s">
         <v>26</v>
       </c>
-      <c r="L8" s="108" t="s">
+      <c r="L8" s="110" t="s">
         <v>13</v>
       </c>
-      <c r="M8" s="109" t="s">
-[...2 lines deleted...]
-      <c r="N8" s="109" t="s">
+      <c r="M8" s="111" t="s">
+        <v>171</v>
+      </c>
+      <c r="N8" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="O8" s="110" t="s">
+      <c r="O8" s="112" t="s">
         <v>9</v>
       </c>
-      <c r="P8" s="102" t="s">
+      <c r="P8" s="104" t="s">
         <v>4</v>
       </c>
-      <c r="Q8" s="103"/>
-      <c r="R8" s="104"/>
+      <c r="Q8" s="105"/>
+      <c r="R8" s="106"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
     </row>
-    <row r="9" spans="1:21" ht="122.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:21" ht="122.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="G9" s="112"/>
-      <c r="H9" s="108"/>
+      <c r="G9" s="114"/>
+      <c r="H9" s="110"/>
       <c r="I9" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="J9" s="109"/>
-[...4 lines deleted...]
-      <c r="O9" s="111"/>
+      <c r="J9" s="111"/>
+      <c r="K9" s="110"/>
+      <c r="L9" s="110"/>
+      <c r="M9" s="115"/>
+      <c r="N9" s="114"/>
+      <c r="O9" s="113"/>
       <c r="P9" s="17" t="s">
         <v>5</v>
       </c>
       <c r="Q9" s="10" t="s">
         <v>6</v>
       </c>
       <c r="R9" s="18" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
     </row>
-    <row r="10" spans="1:21" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:21" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="11" t="s">
         <v>28</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C10" s="12" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="12" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="12" t="s">
         <v>32</v>
       </c>
       <c r="F10" s="12" t="s">
         <v>33</v>
       </c>
       <c r="G10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H10" s="12" t="s">
         <v>35</v>
       </c>
       <c r="I10" s="13" t="s">
@@ -1737,51 +1755,51 @@
       <c r="L10" s="13" t="s">
         <v>39</v>
       </c>
       <c r="M10" s="33" t="s">
         <v>40</v>
       </c>
       <c r="N10" s="22" t="s">
         <v>41</v>
       </c>
       <c r="O10" s="18" t="s">
         <v>42</v>
       </c>
       <c r="P10" s="17" t="s">
         <v>43</v>
       </c>
       <c r="Q10" s="12" t="s">
         <v>44</v>
       </c>
       <c r="R10" s="18" t="s">
         <v>44</v>
       </c>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
     </row>
-    <row r="11" spans="1:21" ht="65.150000000000006" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:21" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="7">
         <v>60010010293001</v>
       </c>
       <c r="C11" s="5">
         <v>2.6</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="8" t="s">
         <v>45</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G11" s="25" t="s">
         <v>47</v>
       </c>
       <c r="H11" s="5">
         <v>1.82</v>
       </c>
       <c r="I11" s="16">
@@ -1790,2108 +1808,2151 @@
       <c r="J11" s="23">
         <v>7.06</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="24" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="28" t="s">
         <v>58</v>
       </c>
       <c r="N11" s="35" t="s">
         <v>25</v>
       </c>
       <c r="O11" s="34" t="s">
         <v>49</v>
       </c>
       <c r="P11" s="46" t="s">
         <v>59</v>
       </c>
       <c r="Q11" s="47">
         <v>41503052132</v>
       </c>
       <c r="R11" s="51" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
     </row>
-    <row r="12" spans="1:21" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:21" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>50</v>
       </c>
       <c r="B12" s="31">
         <v>80150020802001</v>
       </c>
       <c r="C12" s="26" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="8" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="26" t="s">
         <v>20</v>
       </c>
       <c r="G12" s="26" t="s">
         <v>52</v>
       </c>
       <c r="H12" s="26" t="s">
         <v>57</v>
       </c>
       <c r="I12" s="26">
         <v>2.33</v>
       </c>
       <c r="J12" s="83" t="s">
         <v>60</v>
       </c>
       <c r="K12" s="30" t="s">
         <v>53</v>
       </c>
       <c r="L12" s="27" t="s">
         <v>54</v>
       </c>
       <c r="M12" s="29" t="s">
         <v>61</v>
       </c>
       <c r="N12" s="36" t="s">
         <v>56</v>
       </c>
       <c r="O12" s="9" t="s">
         <v>49</v>
       </c>
       <c r="P12" s="40" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="Q12" s="48">
         <v>50003050931</v>
       </c>
       <c r="R12" s="52">
         <v>46482</v>
       </c>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
     </row>
-    <row r="13" spans="1:21" ht="62" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:21" ht="63" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="7">
         <v>1000362001001</v>
       </c>
       <c r="C13" s="5">
         <v>11</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>63</v>
       </c>
       <c r="E13" s="8" t="s">
         <v>64</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G13" s="35" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="H13" s="5">
         <v>6</v>
       </c>
       <c r="I13" s="5"/>
       <c r="J13" s="80">
         <v>66</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L13" s="38" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="M13" s="32" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="N13" s="36" t="s">
-        <v>66</v>
+        <v>98</v>
       </c>
       <c r="O13" s="9" t="s">
         <v>49</v>
       </c>
       <c r="P13" s="49" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="Q13" s="50">
         <v>40103038488</v>
       </c>
       <c r="R13" s="53" t="s">
         <v>65</v>
       </c>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
     </row>
-    <row r="14" spans="1:21" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:21" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A14" s="39" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B14" s="41">
         <v>1000260002001</v>
       </c>
       <c r="C14" s="42">
         <v>1</v>
       </c>
       <c r="D14" s="43" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="E14" s="43" t="s">
         <v>55</v>
       </c>
       <c r="F14" s="42" t="s">
         <v>20</v>
       </c>
       <c r="G14" s="54" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="H14" s="42">
         <v>24.79</v>
       </c>
       <c r="I14" s="42">
         <v>2.33</v>
       </c>
       <c r="J14" s="42">
         <v>24.79</v>
       </c>
       <c r="K14" s="42" t="s">
+        <v>72</v>
+      </c>
+      <c r="L14" s="38" t="s">
         <v>73</v>
       </c>
-      <c r="L14" s="38" t="s">
+      <c r="M14" s="44" t="s">
         <v>74</v>
       </c>
-      <c r="M14" s="44" t="s">
+      <c r="N14" s="44" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="O14" s="45" t="s">
         <v>49</v>
       </c>
       <c r="P14" s="19" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="Q14" s="61">
         <v>40003174017</v>
       </c>
       <c r="R14" s="51" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
     </row>
-    <row r="15" spans="1:21" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:21" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B15" s="31">
         <v>13000102012001</v>
       </c>
       <c r="C15" s="35">
         <v>1</v>
       </c>
       <c r="D15" s="43" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="E15" s="43" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="35" t="s">
         <v>20</v>
       </c>
       <c r="G15" s="35" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="H15" s="35">
         <v>24.79</v>
       </c>
       <c r="I15" s="35">
         <v>2.33</v>
       </c>
       <c r="J15" s="81">
         <v>24.79</v>
       </c>
       <c r="K15" s="35" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L15" s="36" t="s">
+        <v>81</v>
+      </c>
+      <c r="M15" s="36" t="s">
         <v>82</v>
       </c>
-      <c r="M15" s="36" t="s">
+      <c r="N15" s="36" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="O15" s="45" t="s">
         <v>49</v>
       </c>
       <c r="P15" s="19" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="Q15" s="61">
         <v>40003174017</v>
       </c>
       <c r="R15" s="18" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
     </row>
-    <row r="16" spans="1:21" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:21" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A16" s="59" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B16" s="31">
         <v>1000870368001</v>
       </c>
       <c r="C16" s="55">
         <v>1</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>55</v>
       </c>
       <c r="F16" s="55" t="s">
         <v>20</v>
       </c>
       <c r="G16" s="55" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H16" s="55">
         <v>56.91</v>
       </c>
       <c r="I16" s="55"/>
       <c r="J16" s="81">
         <v>56.91</v>
       </c>
       <c r="K16" s="55" t="s">
         <v>65</v>
       </c>
       <c r="L16" s="56" t="s">
+        <v>86</v>
+      </c>
+      <c r="M16" s="56" t="s">
         <v>87</v>
       </c>
-      <c r="M16" s="56" t="s">
+      <c r="N16" s="56" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="O16" s="9" t="s">
         <v>49</v>
       </c>
       <c r="P16" s="64" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="Q16" s="65">
         <v>40103303559</v>
       </c>
       <c r="R16" s="66" t="s">
         <v>65</v>
       </c>
       <c r="S16" s="1"/>
       <c r="T16" s="1" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:20" ht="62.5" customHeight="1" x14ac:dyDescent="0.35">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="17" spans="1:20" ht="62.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="B17" s="62" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C17" s="35">
         <v>3</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="E17" s="8" t="s">
         <v>55</v>
       </c>
       <c r="F17" s="35" t="s">
         <v>20</v>
       </c>
       <c r="G17" s="57" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="H17" s="35">
         <v>24.79</v>
       </c>
       <c r="I17" s="35"/>
       <c r="J17" s="81">
         <v>24.79</v>
       </c>
       <c r="K17" s="35" t="s">
         <v>65</v>
       </c>
       <c r="L17" s="36" t="s">
+        <v>93</v>
+      </c>
+      <c r="M17" s="36" t="s">
         <v>94</v>
       </c>
-      <c r="M17" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N17" s="58" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="O17" s="9" t="s">
         <v>49</v>
       </c>
       <c r="P17" s="19" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="Q17" s="61">
         <v>40003174017</v>
       </c>
       <c r="R17" s="18" t="s">
         <v>65</v>
       </c>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
     </row>
-    <row r="18" spans="1:20" ht="77.5" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:20" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B18" s="31">
         <v>1000320001003</v>
       </c>
       <c r="C18" s="35">
         <v>1</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="E18" s="8" t="s">
         <v>55</v>
       </c>
       <c r="F18" s="35" t="s">
         <v>20</v>
       </c>
       <c r="G18" s="60" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="H18" s="35">
         <v>24.79</v>
       </c>
       <c r="I18" s="35"/>
       <c r="J18" s="81">
         <v>24.79</v>
       </c>
       <c r="K18" s="35" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L18" s="36" t="s">
+        <v>102</v>
+      </c>
+      <c r="M18" s="36" t="s">
         <v>103</v>
       </c>
-      <c r="M18" s="36" t="s">
+      <c r="N18" s="36" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="O18" s="9" t="s">
         <v>49</v>
       </c>
       <c r="P18" s="40" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="Q18" s="8">
         <v>40003174017</v>
       </c>
       <c r="R18" s="18" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
     </row>
-    <row r="19" spans="1:20" ht="92.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:20" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B19" s="31">
         <v>40010010223001</v>
       </c>
       <c r="C19" s="35">
         <v>10</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="E19" s="8" t="s">
         <v>55</v>
       </c>
       <c r="F19" s="35" t="s">
         <v>20</v>
       </c>
       <c r="G19" s="35" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="H19" s="35" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="I19" s="35">
         <v>2.33</v>
       </c>
       <c r="J19" s="81" t="s">
+        <v>108</v>
+      </c>
+      <c r="K19" s="35" t="s">
         <v>109</v>
       </c>
-      <c r="K19" s="35" t="s">
+      <c r="L19" s="36" t="s">
         <v>110</v>
       </c>
-      <c r="L19" s="36" t="s">
+      <c r="M19" s="36" t="s">
         <v>111</v>
       </c>
-      <c r="M19" s="36" t="s">
+      <c r="N19" s="63" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="O19" s="9" t="s">
         <v>49</v>
       </c>
       <c r="P19" s="40" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="Q19" s="8">
         <v>50003050931</v>
       </c>
       <c r="R19" s="18" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
     </row>
-    <row r="20" spans="1:20" ht="78.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:20" ht="78.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B20" s="31">
         <v>13000081609003</v>
       </c>
       <c r="C20" s="35">
         <v>10</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="E20" s="8" t="s">
         <v>55</v>
       </c>
       <c r="F20" s="35" t="s">
         <v>20</v>
       </c>
       <c r="G20" s="35" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="H20" s="67" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="I20" s="67">
         <v>2.33</v>
       </c>
       <c r="J20" s="81" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="K20" s="67" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="L20" s="36" t="s">
+        <v>118</v>
+      </c>
+      <c r="M20" s="36" t="s">
         <v>119</v>
       </c>
-      <c r="M20" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N20" s="68" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="O20" s="9" t="s">
         <v>49</v>
       </c>
       <c r="P20" s="40" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="Q20" s="74">
         <v>40103257495</v>
       </c>
       <c r="R20" s="18" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
     </row>
-    <row r="21" spans="1:20" ht="98.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:20" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B21" s="31">
         <v>1000850017002</v>
       </c>
       <c r="C21" s="35">
         <v>1</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="E21" s="8" t="s">
         <v>55</v>
       </c>
       <c r="F21" s="35" t="s">
         <v>20</v>
       </c>
       <c r="G21" s="35" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H21" s="35">
         <v>24.79</v>
       </c>
       <c r="I21" s="35">
         <v>2.33</v>
       </c>
       <c r="J21" s="81">
         <v>24.79</v>
       </c>
       <c r="K21" s="35" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="L21" s="36" t="s">
+        <v>123</v>
+      </c>
+      <c r="M21" s="36" t="s">
         <v>124</v>
       </c>
-      <c r="M21" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N21" s="36" t="s">
-        <v>126</v>
+        <v>98</v>
       </c>
       <c r="O21" s="9" t="s">
         <v>49</v>
       </c>
       <c r="P21" s="40" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="Q21" s="8">
         <v>40003174017</v>
       </c>
       <c r="R21" s="94">
         <v>46748</v>
       </c>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
     </row>
-    <row r="22" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="8" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B22" s="75">
         <v>1000040005002</v>
       </c>
       <c r="C22" s="35">
         <v>1</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="E22" s="8" t="s">
         <v>55</v>
       </c>
       <c r="F22" s="35" t="s">
         <v>20</v>
       </c>
       <c r="G22" s="35" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="H22" s="35">
         <v>24.79</v>
       </c>
       <c r="I22" s="35"/>
       <c r="J22" s="81">
         <v>24.79</v>
       </c>
       <c r="K22" s="25">
         <v>47118</v>
       </c>
       <c r="L22" s="36" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="M22" s="36" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="N22" s="36" t="s">
-        <v>132</v>
+        <v>98</v>
       </c>
       <c r="O22" s="9" t="s">
         <v>49</v>
       </c>
       <c r="P22" s="40" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="Q22" s="71">
         <v>50003588031</v>
       </c>
       <c r="R22" s="93" t="s">
         <v>65</v>
       </c>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
     </row>
-    <row r="23" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="23" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="8" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B23" s="76">
         <v>1000850017004</v>
       </c>
       <c r="C23" s="69">
         <v>1</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="E23" s="8" t="s">
         <v>55</v>
       </c>
       <c r="F23" s="69" t="s">
         <v>20</v>
       </c>
       <c r="G23" s="69" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="H23" s="69">
         <v>24.79</v>
       </c>
       <c r="I23" s="69">
         <v>2.33</v>
       </c>
       <c r="J23" s="81" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="K23" s="25" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="L23" s="69" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="M23" s="69" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="N23" s="70" t="s">
-        <v>126</v>
+        <v>98</v>
       </c>
       <c r="O23" s="8" t="s">
         <v>49</v>
       </c>
       <c r="P23" s="8" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="Q23" s="8">
         <v>50003588031</v>
       </c>
       <c r="R23" s="25" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
     </row>
-    <row r="24" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="24" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="8" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B24" s="76">
         <v>1000320001003</v>
       </c>
       <c r="C24" s="72" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="E24" s="8" t="s">
         <v>55</v>
       </c>
       <c r="F24" s="72" t="s">
         <v>20</v>
       </c>
       <c r="G24" s="72" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="H24" s="72" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="I24" s="72"/>
       <c r="J24" s="81" t="s">
+        <v>140</v>
+      </c>
+      <c r="K24" s="25" t="s">
+        <v>141</v>
+      </c>
+      <c r="L24" s="72" t="s">
         <v>143</v>
       </c>
-      <c r="K24" s="25" t="s">
+      <c r="M24" s="72" t="s">
         <v>144</v>
       </c>
-      <c r="L24" s="72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N24" s="72" t="s">
-        <v>148</v>
+        <v>98</v>
       </c>
       <c r="O24" s="8" t="s">
         <v>49</v>
       </c>
       <c r="P24" s="8" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="Q24" s="8">
         <v>40003742426</v>
       </c>
       <c r="R24" s="88" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
     </row>
-    <row r="25" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="25" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="8" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="B25" s="76">
         <v>1000850017001</v>
       </c>
       <c r="C25" s="73">
         <v>1</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="E25" s="8" t="s">
         <v>55</v>
       </c>
       <c r="F25" s="73" t="s">
         <v>20</v>
       </c>
       <c r="G25" s="73" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="H25" s="73">
         <v>24.79</v>
       </c>
       <c r="I25" s="73">
         <v>2.33</v>
       </c>
       <c r="J25" s="81">
         <v>27.12</v>
       </c>
       <c r="K25" s="25" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="L25" s="73" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="M25" s="73" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="N25" s="73" t="s">
-        <v>126</v>
+        <v>98</v>
       </c>
       <c r="O25" s="8" t="s">
         <v>49</v>
       </c>
       <c r="P25" s="8" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="Q25" s="8">
         <v>50003588031</v>
       </c>
       <c r="R25" s="88" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
     </row>
-    <row r="26" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="26" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="71" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B26" s="84">
         <v>68540040375007</v>
       </c>
       <c r="C26" s="79" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D26" s="71" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="E26" s="71" t="s">
         <v>55</v>
       </c>
       <c r="F26" s="79" t="s">
         <v>20</v>
       </c>
       <c r="G26" s="79" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="H26" s="79">
         <v>150</v>
       </c>
       <c r="I26" s="79">
         <v>2.33</v>
       </c>
       <c r="J26" s="82">
         <v>152.33000000000001</v>
       </c>
       <c r="K26" s="85" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="L26" s="79" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="M26" s="79" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="N26" s="86" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="O26" s="71" t="s">
         <v>49</v>
       </c>
       <c r="P26" s="71" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="Q26" s="71">
         <v>40103257495</v>
       </c>
       <c r="R26" s="89" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
     </row>
-    <row r="27" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="B27" s="7">
         <v>9000010420001</v>
       </c>
       <c r="C27" s="78" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>45</v>
       </c>
       <c r="F27" s="77" t="s">
         <v>20</v>
       </c>
       <c r="G27" s="25" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="H27" s="77">
         <v>150</v>
       </c>
       <c r="I27" s="77">
         <v>2.33</v>
       </c>
       <c r="J27" s="87">
         <v>152.33000000000001</v>
       </c>
       <c r="K27" s="77" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="L27" s="78" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="M27" s="78" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="N27" s="8" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="O27" s="8" t="s">
         <v>49</v>
       </c>
       <c r="P27" s="8" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="Q27" s="8">
         <v>40103257495</v>
       </c>
       <c r="R27" s="95" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
     </row>
-    <row r="28" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="71" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B28" s="97">
         <v>1000850017004</v>
       </c>
       <c r="C28" s="92">
         <v>2</v>
       </c>
       <c r="D28" s="71" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="E28" s="71" t="s">
         <v>55</v>
       </c>
       <c r="F28" s="98" t="s">
         <v>20</v>
       </c>
       <c r="G28" s="85" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="H28" s="98">
         <v>38.99</v>
       </c>
       <c r="I28" s="98">
         <v>2.33</v>
       </c>
       <c r="J28" s="99">
         <v>80.31</v>
       </c>
       <c r="K28" s="98" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="L28" s="92" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="M28" s="92" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="N28" s="100" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="O28" s="71" t="s">
         <v>49</v>
       </c>
       <c r="P28" s="71" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="Q28" s="71">
         <v>40203244444</v>
       </c>
       <c r="R28" s="101" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
     </row>
-    <row r="29" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B29" s="7">
         <v>1000260002001</v>
       </c>
       <c r="C29" s="91">
         <v>2</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="E29" s="8" t="s">
         <v>55</v>
       </c>
       <c r="F29" s="90" t="s">
         <v>20</v>
       </c>
-      <c r="G29" s="25"/>
+      <c r="G29" s="25" t="s">
+        <v>191</v>
+      </c>
       <c r="H29" s="90">
         <v>38.99</v>
       </c>
       <c r="I29" s="90">
         <v>2.33</v>
       </c>
       <c r="J29" s="87">
         <v>80.31</v>
       </c>
       <c r="K29" s="90" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="L29" s="91" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="M29" s="91" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="N29" s="96" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="O29" s="71" t="s">
+        <v>98</v>
+      </c>
+      <c r="O29" s="8" t="s">
         <v>49</v>
       </c>
-      <c r="P29" s="8"/>
-[...1 lines deleted...]
-      <c r="R29" s="95"/>
+      <c r="P29" s="8" t="s">
+        <v>192</v>
+      </c>
+      <c r="Q29" s="8">
+        <v>40003166842</v>
+      </c>
+      <c r="R29" s="95" t="s">
+        <v>193</v>
+      </c>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
     </row>
-    <row r="30" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
-[...17 lines deleted...]
-      <c r="R30" s="1"/>
+    <row r="30" spans="1:20" ht="126" x14ac:dyDescent="0.25">
+      <c r="A30" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="B30" s="7">
+        <v>1001212219007</v>
+      </c>
+      <c r="C30" s="102">
+        <v>2</v>
+      </c>
+      <c r="D30" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="E30" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="F30" s="102" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="H30" s="4">
+        <v>38.99</v>
+      </c>
+      <c r="I30" s="102">
+        <v>2.33</v>
+      </c>
+      <c r="J30" s="4">
+        <v>80.31</v>
+      </c>
+      <c r="K30" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="L30" s="102" t="s">
+        <v>188</v>
+      </c>
+      <c r="M30" s="103" t="s">
+        <v>189</v>
+      </c>
+      <c r="N30" s="8" t="s">
+        <v>190</v>
+      </c>
+      <c r="O30" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="P30" s="4"/>
+      <c r="Q30" s="4"/>
+      <c r="R30" s="4"/>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
     </row>
-    <row r="31" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...19 lines deleted...]
-      <c r="R31" s="1"/>
+    <row r="31" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="4"/>
+      <c r="C31" s="4"/>
+      <c r="D31" s="4"/>
+      <c r="E31" s="4"/>
+      <c r="F31" s="4"/>
+      <c r="G31" s="4"/>
+      <c r="H31" s="4"/>
+      <c r="I31" s="4"/>
+      <c r="J31" s="4"/>
+      <c r="K31" s="4"/>
+      <c r="L31" s="4"/>
+      <c r="M31" s="4"/>
+      <c r="N31" s="4"/>
+      <c r="O31" s="4"/>
+      <c r="P31" s="4"/>
+      <c r="Q31" s="4"/>
+      <c r="R31" s="4"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
     </row>
-    <row r="32" spans="1:20" ht="15.5" hidden="1" x14ac:dyDescent="0.35">
-[...17 lines deleted...]
-      <c r="R32" s="1"/>
+    <row r="32" spans="1:20" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="B32" s="4"/>
+      <c r="C32" s="4"/>
+      <c r="D32" s="4"/>
+      <c r="E32" s="4"/>
+      <c r="F32" s="4"/>
+      <c r="G32" s="4"/>
+      <c r="H32" s="4"/>
+      <c r="I32" s="4"/>
+      <c r="J32" s="4"/>
+      <c r="K32" s="4"/>
+      <c r="L32" s="4"/>
+      <c r="M32" s="4"/>
+      <c r="N32" s="4"/>
+      <c r="O32" s="4"/>
+      <c r="P32" s="4"/>
+      <c r="Q32" s="4"/>
+      <c r="R32" s="4"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
     </row>
-    <row r="33" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
-[...19 lines deleted...]
-      <c r="R33" s="1"/>
+    <row r="33" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A33" s="4"/>
+      <c r="B33" s="4"/>
+      <c r="C33" s="4"/>
+      <c r="D33" s="4"/>
+      <c r="E33" s="4"/>
+      <c r="F33" s="4"/>
+      <c r="G33" s="4"/>
+      <c r="H33" s="4"/>
+      <c r="I33" s="4"/>
+      <c r="J33" s="4"/>
+      <c r="K33" s="4"/>
+      <c r="L33" s="4"/>
+      <c r="M33" s="4"/>
+      <c r="N33" s="4"/>
+      <c r="O33" s="4"/>
+      <c r="P33" s="4"/>
+      <c r="Q33" s="4"/>
+      <c r="R33" s="4"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
     </row>
-    <row r="34" spans="1:20" ht="0.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A34" s="1"/>
+    <row r="34" spans="1:20" ht="0.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>98</v>
+      </c>
       <c r="B34" s="1"/>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
       <c r="I34" s="1"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
       <c r="Q34" s="1"/>
       <c r="R34" s="1"/>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
     </row>
-    <row r="35" spans="1:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      </c>
+    <row r="35" spans="1:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="1"/>
       <c r="B35" s="1"/>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
     </row>
-    <row r="36" spans="1:20" ht="15.5" hidden="1" x14ac:dyDescent="0.35">
-      <c r="A36" s="1"/>
+    <row r="36" spans="1:20" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="1" t="s">
+        <v>15</v>
+      </c>
       <c r="B36" s="1"/>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
     </row>
-    <row r="37" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      </c>
+    <row r="37" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A37" s="1"/>
       <c r="B37" s="37"/>
       <c r="C37" s="37"/>
       <c r="D37" s="37"/>
       <c r="E37" s="37"/>
       <c r="F37" s="20"/>
       <c r="G37" s="20"/>
       <c r="H37" s="20"/>
       <c r="I37" s="20"/>
       <c r="J37" s="20"/>
       <c r="K37" s="20"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
     </row>
-    <row r="38" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>179</v>
+    <row r="38" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A38" s="37" t="s">
+        <v>98</v>
       </c>
       <c r="B38" s="1"/>
       <c r="C38" s="1"/>
       <c r="D38" s="1"/>
       <c r="E38" s="1"/>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
     </row>
-    <row r="39" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="1" t="s">
-        <v>99</v>
+        <v>175</v>
       </c>
       <c r="B39" s="1"/>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
     </row>
-    <row r="40" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>178</v>
+    <row r="40" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A40" s="1" t="s">
+        <v>98</v>
       </c>
       <c r="B40" s="1"/>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
     </row>
-    <row r="41" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A41" s="37" t="s">
-        <v>99</v>
+        <v>174</v>
       </c>
       <c r="B41" s="1"/>
       <c r="C41" s="1"/>
       <c r="D41" s="1"/>
       <c r="E41" s="1"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
-      <c r="P41" s="1"/>
+      <c r="P41" s="1" t="s">
+        <v>98</v>
+      </c>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
     </row>
-    <row r="42" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A42" s="1"/>
+    <row r="42" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A42" s="37" t="s">
+        <v>98</v>
+      </c>
       <c r="B42" s="1"/>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
       <c r="E42" s="1"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
     </row>
-    <row r="43" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A43" s="1"/>
       <c r="B43" s="1"/>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
     </row>
-    <row r="44" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A44" s="1"/>
       <c r="B44" s="1"/>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
     </row>
-    <row r="45" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A45" s="1"/>
       <c r="B45" s="1"/>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
     </row>
-    <row r="46" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A46" s="1"/>
       <c r="B46" s="1"/>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
     </row>
-    <row r="47" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A47" s="1"/>
       <c r="B47" s="1"/>
       <c r="C47" s="1"/>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1"/>
       <c r="Q47" s="1"/>
       <c r="R47" s="1"/>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
     </row>
-    <row r="48" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A48" s="1"/>
       <c r="B48" s="1"/>
       <c r="C48" s="1"/>
       <c r="D48" s="1"/>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
     </row>
-    <row r="49" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A49" s="1"/>
       <c r="B49" s="1"/>
       <c r="C49" s="1"/>
       <c r="D49" s="1"/>
       <c r="E49" s="1"/>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
     </row>
-    <row r="50" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A50" s="1"/>
       <c r="B50" s="1"/>
       <c r="C50" s="1"/>
       <c r="D50" s="1"/>
       <c r="E50" s="1"/>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
     </row>
-    <row r="51" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A51" s="1"/>
       <c r="B51" s="1"/>
       <c r="C51" s="1"/>
       <c r="D51" s="1"/>
       <c r="E51" s="1"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
     </row>
-    <row r="52" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A52" s="1"/>
       <c r="B52" s="1"/>
       <c r="C52" s="1"/>
       <c r="D52" s="1"/>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
     </row>
-    <row r="53" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A53" s="1"/>
       <c r="B53" s="1"/>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
     </row>
-    <row r="54" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A54" s="1"/>
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
     </row>
-    <row r="55" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A55" s="1"/>
       <c r="B55" s="1"/>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
       <c r="Q55" s="1"/>
       <c r="R55" s="1"/>
       <c r="S55" s="1"/>
       <c r="T55" s="1"/>
     </row>
-    <row r="56" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A56" s="1"/>
       <c r="B56" s="1"/>
       <c r="C56" s="1"/>
       <c r="D56" s="1"/>
       <c r="E56" s="1"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="1"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
       <c r="N56" s="1"/>
       <c r="O56" s="1"/>
       <c r="P56" s="1"/>
       <c r="Q56" s="1"/>
       <c r="R56" s="1"/>
       <c r="S56" s="1"/>
       <c r="T56" s="1"/>
     </row>
-    <row r="57" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A57" s="1"/>
       <c r="B57" s="1"/>
       <c r="C57" s="1"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
       <c r="Q57" s="1"/>
       <c r="R57" s="1"/>
       <c r="S57" s="1"/>
       <c r="T57" s="1"/>
     </row>
-    <row r="58" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A58" s="1"/>
       <c r="B58" s="1"/>
       <c r="C58" s="1"/>
       <c r="D58" s="1"/>
       <c r="E58" s="1"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
       <c r="I58" s="1"/>
       <c r="J58" s="1"/>
       <c r="K58" s="1"/>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
       <c r="Q58" s="1"/>
       <c r="R58" s="1"/>
       <c r="S58" s="1"/>
       <c r="T58" s="1"/>
     </row>
-    <row r="59" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A59" s="1"/>
       <c r="B59" s="1"/>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
       <c r="O59" s="1"/>
       <c r="P59" s="1"/>
       <c r="Q59" s="1"/>
       <c r="R59" s="1"/>
       <c r="S59" s="1"/>
       <c r="T59" s="1"/>
     </row>
-    <row r="60" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A60" s="1"/>
       <c r="B60" s="1"/>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1"/>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
       <c r="O60" s="1"/>
       <c r="P60" s="1"/>
       <c r="Q60" s="1"/>
       <c r="R60" s="1"/>
       <c r="S60" s="1"/>
       <c r="T60" s="1"/>
     </row>
-    <row r="61" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A61" s="1"/>
       <c r="B61" s="1"/>
       <c r="C61" s="1"/>
       <c r="D61" s="1"/>
       <c r="E61" s="1"/>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
       <c r="O61" s="1"/>
       <c r="P61" s="1"/>
       <c r="Q61" s="1"/>
       <c r="R61" s="1"/>
       <c r="S61" s="1"/>
       <c r="T61" s="1"/>
     </row>
-    <row r="62" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A62" s="1"/>
       <c r="B62" s="1"/>
       <c r="C62" s="1"/>
       <c r="D62" s="1"/>
       <c r="E62" s="1"/>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
       <c r="P62" s="1"/>
       <c r="Q62" s="1"/>
       <c r="R62" s="1"/>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
     </row>
-    <row r="63" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A63" s="1"/>
       <c r="B63" s="1"/>
       <c r="C63" s="1"/>
       <c r="D63" s="1"/>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
       <c r="R63" s="1"/>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
     </row>
-    <row r="64" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A64" s="1"/>
       <c r="B64" s="1"/>
       <c r="C64" s="1"/>
       <c r="D64" s="1"/>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
     </row>
-    <row r="65" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A65" s="1"/>
       <c r="B65" s="1"/>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
       <c r="O65" s="1"/>
       <c r="P65" s="1"/>
       <c r="Q65" s="1"/>
       <c r="R65" s="1"/>
       <c r="S65" s="1"/>
       <c r="T65" s="1"/>
     </row>
-    <row r="66" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A66" s="1"/>
       <c r="B66" s="1"/>
       <c r="C66" s="1"/>
       <c r="D66" s="1"/>
       <c r="E66" s="1"/>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1"/>
       <c r="Q66" s="1"/>
       <c r="R66" s="1"/>
       <c r="S66" s="1"/>
       <c r="T66" s="1"/>
     </row>
-    <row r="67" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A67" s="1"/>
       <c r="B67" s="1"/>
       <c r="C67" s="1"/>
       <c r="D67" s="1"/>
       <c r="E67" s="1"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1"/>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
       <c r="P67" s="1"/>
       <c r="Q67" s="1"/>
       <c r="R67" s="1"/>
       <c r="S67" s="1"/>
       <c r="T67" s="1"/>
     </row>
-    <row r="68" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A68" s="1"/>
       <c r="B68" s="1"/>
       <c r="C68" s="1"/>
       <c r="D68" s="1"/>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
       <c r="P68" s="1"/>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
       <c r="S68" s="1"/>
       <c r="T68" s="1"/>
     </row>
-    <row r="69" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A69" s="1"/>
       <c r="B69" s="1"/>
       <c r="C69" s="1"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1"/>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
       <c r="O69" s="1"/>
       <c r="P69" s="1"/>
       <c r="Q69" s="1"/>
       <c r="R69" s="1"/>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
     </row>
-    <row r="70" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A70" s="1"/>
       <c r="B70" s="1"/>
       <c r="C70" s="1"/>
       <c r="D70" s="1"/>
       <c r="E70" s="1"/>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
       <c r="O70" s="1"/>
       <c r="P70" s="1"/>
       <c r="Q70" s="1"/>
       <c r="R70" s="1"/>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
     </row>
-    <row r="71" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A71" s="1"/>
       <c r="B71" s="1"/>
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
       <c r="Q71" s="1"/>
       <c r="R71" s="1"/>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
     </row>
-    <row r="72" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A72" s="1"/>
       <c r="B72" s="1"/>
       <c r="C72" s="1"/>
       <c r="D72" s="1"/>
       <c r="E72" s="1"/>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
       <c r="I72" s="1"/>
       <c r="J72" s="1"/>
       <c r="K72" s="1"/>
       <c r="L72" s="1"/>
       <c r="M72" s="1"/>
       <c r="N72" s="1"/>
       <c r="O72" s="1"/>
       <c r="P72" s="1"/>
       <c r="Q72" s="1"/>
       <c r="R72" s="1"/>
       <c r="S72" s="1"/>
       <c r="T72" s="1"/>
     </row>
-    <row r="73" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A73" s="1"/>
       <c r="B73" s="1"/>
       <c r="C73" s="1"/>
       <c r="D73" s="1"/>
       <c r="E73" s="1"/>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
       <c r="I73" s="1"/>
       <c r="J73" s="1"/>
       <c r="K73" s="1"/>
       <c r="L73" s="1"/>
       <c r="M73" s="1"/>
       <c r="N73" s="1"/>
       <c r="O73" s="1"/>
       <c r="P73" s="1"/>
       <c r="Q73" s="1"/>
       <c r="R73" s="1"/>
       <c r="S73" s="1"/>
       <c r="T73" s="1"/>
     </row>
-    <row r="74" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A74" s="1"/>
       <c r="B74" s="1"/>
       <c r="C74" s="1"/>
       <c r="D74" s="1"/>
       <c r="E74" s="1"/>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="1"/>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
       <c r="O74" s="1"/>
       <c r="P74" s="1"/>
       <c r="Q74" s="1"/>
       <c r="R74" s="1"/>
       <c r="S74" s="1"/>
       <c r="T74" s="1"/>
     </row>
-    <row r="75" spans="1:20" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A75" s="1"/>
       <c r="B75" s="1"/>
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="J75" s="1"/>
       <c r="K75" s="1"/>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
       <c r="O75" s="1"/>
       <c r="P75" s="1"/>
       <c r="Q75" s="1"/>
       <c r="R75" s="1"/>
       <c r="S75" s="1"/>
       <c r="T75" s="1"/>
+    </row>
+    <row r="76" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A76" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="P8:R8"/>
     <mergeCell ref="A3:Q3"/>
     <mergeCell ref="A4:Q4"/>
     <mergeCell ref="A5:Q5"/>
     <mergeCell ref="A6:Q6"/>
     <mergeCell ref="A8:F8"/>
     <mergeCell ref="J8:J9"/>
     <mergeCell ref="H8:H9"/>
     <mergeCell ref="K8:K9"/>
     <mergeCell ref="L8:L9"/>
     <mergeCell ref="O8:O9"/>
     <mergeCell ref="N8:N9"/>
     <mergeCell ref="G8:G9"/>
     <mergeCell ref="M8:M9"/>
   </mergeCells>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.74803149606299213" bottom="0.19685039370078741" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">