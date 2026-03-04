--- v1 (2026-01-02)
+++ v2 (2026-03-04)
@@ -5,68 +5,68 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20412"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\Nodala - APSAIMNIEKOSANAS\IZSOLES\IZŅĒMUMI bez izsoles\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CC83BB94-B4A7-4F6A-99E3-8726B5CFA5F4}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ACB590BE-A651-45C6-AF33-6847F81FB6F3}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11505" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="351" uniqueCount="214">
   <si>
     <t xml:space="preserve">                      20.02.2018. Ministru kabineta noteikumi Nr.97</t>
   </si>
   <si>
     <t>Adrese</t>
   </si>
   <si>
     <t>lietošanas mērķis</t>
   </si>
   <si>
     <t xml:space="preserve">Nekustamais īpašums </t>
   </si>
   <si>
     <t>Nomnieks</t>
   </si>
   <si>
     <t>nosaukums</t>
   </si>
   <si>
     <t>reģistrācijas numurs</t>
   </si>
   <si>
     <t xml:space="preserve">                        INFORMĀCIJA</t>
   </si>
   <si>
@@ -139,53 +139,50 @@
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>²</t>
     </r>
   </si>
   <si>
     <t>31.12.2023.</t>
   </si>
   <si>
     <t>04.03.2022.</t>
   </si>
   <si>
     <t>Ainārs Skudra, 26228827</t>
   </si>
   <si>
     <t xml:space="preserve"> Iznomāšanas termiņš (datums)</t>
   </si>
   <si>
-    <t xml:space="preserve">Nomas maksa par telpām piesaistīto zemesgabalu mēnesī EUR (bez PVN) </t>
-[...1 lines deleted...]
-  <si>
     <t>1.</t>
   </si>
   <si>
     <t>2.</t>
   </si>
   <si>
     <t>3.</t>
   </si>
   <si>
     <t>4.</t>
   </si>
   <si>
     <t>5.</t>
   </si>
   <si>
     <t>6.</t>
   </si>
   <si>
     <t>7.</t>
   </si>
   <si>
     <t>8.</t>
   </si>
   <si>
     <t>9.</t>
@@ -200,53 +197,50 @@
     <t>12.</t>
   </si>
   <si>
     <t>13.</t>
   </si>
   <si>
     <t>14.</t>
   </si>
   <si>
     <t>15.</t>
   </si>
   <si>
     <t>16.</t>
   </si>
   <si>
     <t>17.</t>
   </si>
   <si>
     <t>maksa par elektroenerģiju pēc skaitītāja radījumiem</t>
   </si>
   <si>
     <t>cita informācija</t>
   </si>
   <si>
     <t>22.02.2022. 1.2.8-07/4</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> Nomas maksa mēnesī kopā EUR (bez PVN)             (3. x 8. + 9.)</t>
   </si>
   <si>
     <t>Līgumu skatīt sadaļā "Nomas objekti bez izsoles"</t>
   </si>
   <si>
     <t>Miera iela 1, Sigulda, Siguldas novads</t>
   </si>
   <si>
     <t>250 (jumta daļa)</t>
   </si>
   <si>
     <t>04.03.2022. 1.2.8-07/6</t>
   </si>
   <si>
     <t>12.03.2027.</t>
   </si>
   <si>
     <t>11.03.2022.</t>
   </si>
   <si>
     <t>Ja uz nomas objektu pieteiksies vairāk kā viens pretendents, tad nomas līgums tiks slēgts ar pretendentu, kas piedāvājis augstāko nomas maksu.</t>
   </si>
   <si>
     <t>Gvido Kīns 26697005</t>
   </si>
@@ -641,50 +635,116 @@
     <t>Krustpils iela 10, Rīga</t>
   </si>
   <si>
     <t>1 karsto dzērienu tirdzniecības automāts,        1 uzkodu un dzērienu tirdzniecības automāts</t>
   </si>
   <si>
     <t>19.11.2025. Nr.10</t>
   </si>
   <si>
     <t>09.12.2025.</t>
   </si>
   <si>
     <t>10.12.2025.    plkst.13.00</t>
   </si>
   <si>
     <t>Artjoms Jeļisejevs 25623311   Vanda Skole 67829047</t>
   </si>
   <si>
     <t>07.02.2025. Nr.1.3.2-07/3</t>
   </si>
   <si>
     <t>"Sanitex" SIA</t>
   </si>
   <si>
     <t>02.03.2030.</t>
+  </si>
+  <si>
+    <t>16.12.2028.</t>
+  </si>
+  <si>
+    <t>Ķengaraga iela 3, k-1,           Rīga</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 0100  072  0176  002</t>
+  </si>
+  <si>
+    <t>sabiedriskā ēdināšanas ar ierobežotu apmeklētāju piekļūšanu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">08.12.2025. Nr.1.3.2-07/34 </t>
+  </si>
+  <si>
+    <t>13.02.2026.</t>
+  </si>
+  <si>
+    <t>16.02.2026.   plkst.13.00</t>
+  </si>
+  <si>
+    <t>Ernesta Birznieka-Upīša iela 21A, Rīga</t>
+  </si>
+  <si>
+    <t>0100  030  2008  001</t>
+  </si>
+  <si>
+    <t>02.02.2026.      Nr.1.3.2-07/4</t>
+  </si>
+  <si>
+    <t>82.64</t>
+  </si>
+  <si>
+    <t>20.02.2026.</t>
+  </si>
+  <si>
+    <t>23.02.2026.              plkst.13.00</t>
+  </si>
+  <si>
+    <t>Ostas iela 33, Ventspils</t>
+  </si>
+  <si>
+    <t>2700 002 0418  001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nomas maksa par telpām piesaistīto zemesgabalu mēnesī EUR (bez PVN) (iekļauta nomas maksā) </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Nomas maksa mēnesī kopā EUR (bez PVN)             (3. x 8.)</t>
+  </si>
+  <si>
+    <t>27.02.2026.</t>
+  </si>
+  <si>
+    <t>02.03.2026.              plkst.13.00</t>
+  </si>
+  <si>
+    <t>02.03.2026.              plkst.13.15</t>
+  </si>
+  <si>
+    <t>Bāriņu iela 3, Liepāja</t>
+  </si>
+  <si>
+    <t>Vilnis Akermanis 29321006</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -712,51 +772,51 @@
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="14">
+  <borders count="15">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -895,55 +955,68 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="116">
+  <cellXfs count="123">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
@@ -1174,50 +1247,67 @@
     <xf numFmtId="14" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1498,1735 +1588,1869 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A3:U76"/>
+  <dimension ref="A3:U78"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A28" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="P30" sqref="P30"/>
+    <sheetView tabSelected="1" topLeftCell="A31" zoomScale="89" zoomScaleNormal="89" workbookViewId="0">
+      <selection activeCell="N39" sqref="N39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="23.85546875" customWidth="1"/>
     <col min="2" max="2" width="33.85546875" customWidth="1"/>
     <col min="3" max="3" width="8.140625" customWidth="1"/>
     <col min="4" max="4" width="14.42578125" customWidth="1"/>
     <col min="5" max="5" width="30.28515625" customWidth="1"/>
     <col min="6" max="6" width="11.28515625" customWidth="1"/>
-    <col min="7" max="7" width="13.42578125" customWidth="1"/>
+    <col min="7" max="7" width="14.42578125" customWidth="1"/>
     <col min="8" max="8" width="10.42578125" customWidth="1"/>
     <col min="9" max="9" width="13.7109375" customWidth="1"/>
     <col min="10" max="10" width="13.42578125" customWidth="1"/>
     <col min="11" max="11" width="12.140625" customWidth="1"/>
     <col min="12" max="13" width="18.85546875" customWidth="1"/>
     <col min="14" max="14" width="15.7109375" customWidth="1"/>
     <col min="15" max="15" width="14.140625" customWidth="1"/>
     <col min="16" max="16" width="23" customWidth="1"/>
     <col min="17" max="17" width="14.85546875" customWidth="1"/>
     <col min="18" max="18" width="14.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:21" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A3" s="107" t="s">
+      <c r="A3" s="114" t="s">
         <v>7</v>
       </c>
-      <c r="B3" s="107"/>
-[...14 lines deleted...]
-      <c r="Q3" s="107"/>
+      <c r="B3" s="114"/>
+      <c r="C3" s="114"/>
+      <c r="D3" s="114"/>
+      <c r="E3" s="114"/>
+      <c r="F3" s="114"/>
+      <c r="G3" s="114"/>
+      <c r="H3" s="114"/>
+      <c r="I3" s="114"/>
+      <c r="J3" s="114"/>
+      <c r="K3" s="114"/>
+      <c r="L3" s="114"/>
+      <c r="M3" s="114"/>
+      <c r="N3" s="114"/>
+      <c r="O3" s="114"/>
+      <c r="P3" s="114"/>
+      <c r="Q3" s="114"/>
     </row>
     <row r="4" spans="1:21" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A4" s="107" t="s">
+      <c r="A4" s="114" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="107"/>
-[...14 lines deleted...]
-      <c r="Q4" s="107"/>
+      <c r="B4" s="114"/>
+      <c r="C4" s="114"/>
+      <c r="D4" s="114"/>
+      <c r="E4" s="114"/>
+      <c r="F4" s="114"/>
+      <c r="G4" s="114"/>
+      <c r="H4" s="114"/>
+      <c r="I4" s="114"/>
+      <c r="J4" s="114"/>
+      <c r="K4" s="114"/>
+      <c r="L4" s="114"/>
+      <c r="M4" s="114"/>
+      <c r="N4" s="114"/>
+      <c r="O4" s="114"/>
+      <c r="P4" s="114"/>
+      <c r="Q4" s="114"/>
     </row>
     <row r="5" spans="1:21" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A5" s="108" t="s">
+      <c r="A5" s="115" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="108"/>
-[...14 lines deleted...]
-      <c r="Q5" s="108"/>
+      <c r="B5" s="115"/>
+      <c r="C5" s="115"/>
+      <c r="D5" s="115"/>
+      <c r="E5" s="115"/>
+      <c r="F5" s="115"/>
+      <c r="G5" s="115"/>
+      <c r="H5" s="115"/>
+      <c r="I5" s="115"/>
+      <c r="J5" s="115"/>
+      <c r="K5" s="115"/>
+      <c r="L5" s="115"/>
+      <c r="M5" s="115"/>
+      <c r="N5" s="115"/>
+      <c r="O5" s="115"/>
+      <c r="P5" s="115"/>
+      <c r="Q5" s="115"/>
     </row>
     <row r="6" spans="1:21" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A6" s="108" t="s">
+      <c r="A6" s="115" t="s">
         <v>10</v>
       </c>
-      <c r="B6" s="108"/>
-[...14 lines deleted...]
-      <c r="Q6" s="108"/>
+      <c r="B6" s="115"/>
+      <c r="C6" s="115"/>
+      <c r="D6" s="115"/>
+      <c r="E6" s="115"/>
+      <c r="F6" s="115"/>
+      <c r="G6" s="115"/>
+      <c r="H6" s="115"/>
+      <c r="I6" s="115"/>
+      <c r="J6" s="115"/>
+      <c r="K6" s="115"/>
+      <c r="L6" s="115"/>
+      <c r="M6" s="115"/>
+      <c r="N6" s="115"/>
+      <c r="O6" s="115"/>
+      <c r="P6" s="115"/>
+      <c r="Q6" s="115"/>
     </row>
     <row r="7" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:21" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="109" t="s">
+      <c r="A8" s="116" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="109"/>
-[...4 lines deleted...]
-      <c r="G8" s="111" t="s">
+      <c r="B8" s="116"/>
+      <c r="C8" s="116"/>
+      <c r="D8" s="116"/>
+      <c r="E8" s="116"/>
+      <c r="F8" s="116"/>
+      <c r="G8" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="H8" s="110" t="s">
+      <c r="H8" s="117" t="s">
         <v>21</v>
       </c>
       <c r="I8" s="10"/>
-      <c r="J8" s="110" t="s">
-[...2 lines deleted...]
-      <c r="K8" s="110" t="s">
+      <c r="J8" s="117" t="s">
+        <v>208</v>
+      </c>
+      <c r="K8" s="117" t="s">
         <v>26</v>
       </c>
-      <c r="L8" s="110" t="s">
+      <c r="L8" s="117" t="s">
         <v>13</v>
       </c>
-      <c r="M8" s="111" t="s">
-[...2 lines deleted...]
-      <c r="N8" s="111" t="s">
+      <c r="M8" s="118" t="s">
+        <v>169</v>
+      </c>
+      <c r="N8" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="O8" s="112" t="s">
+      <c r="O8" s="119" t="s">
         <v>9</v>
       </c>
-      <c r="P8" s="104" t="s">
+      <c r="P8" s="111" t="s">
         <v>4</v>
       </c>
-      <c r="Q8" s="105"/>
-      <c r="R8" s="106"/>
+      <c r="Q8" s="112"/>
+      <c r="R8" s="113"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
     </row>
     <row r="9" spans="1:21" ht="122.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="G9" s="114"/>
-      <c r="H9" s="110"/>
+      <c r="G9" s="121"/>
+      <c r="H9" s="117"/>
       <c r="I9" s="10" t="s">
-        <v>27</v>
-[...6 lines deleted...]
-      <c r="O9" s="113"/>
+        <v>207</v>
+      </c>
+      <c r="J9" s="118"/>
+      <c r="K9" s="117"/>
+      <c r="L9" s="117"/>
+      <c r="M9" s="122"/>
+      <c r="N9" s="121"/>
+      <c r="O9" s="120"/>
       <c r="P9" s="17" t="s">
         <v>5</v>
       </c>
       <c r="Q9" s="10" t="s">
         <v>6</v>
       </c>
       <c r="R9" s="18" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
     </row>
     <row r="10" spans="1:21" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="12" t="s">
+      <c r="C10" s="12" t="s">
         <v>29</v>
       </c>
-      <c r="C10" s="12" t="s">
+      <c r="D10" s="12" t="s">
         <v>30</v>
       </c>
-      <c r="D10" s="12" t="s">
+      <c r="E10" s="12" t="s">
         <v>31</v>
       </c>
-      <c r="E10" s="12" t="s">
+      <c r="F10" s="12" t="s">
         <v>32</v>
       </c>
-      <c r="F10" s="12" t="s">
+      <c r="G10" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="G10" s="15" t="s">
+      <c r="H10" s="12" t="s">
         <v>34</v>
       </c>
-      <c r="H10" s="12" t="s">
+      <c r="I10" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="I10" s="13" t="s">
+      <c r="J10" s="14" t="s">
         <v>36</v>
       </c>
-      <c r="J10" s="14" t="s">
+      <c r="K10" s="21" t="s">
         <v>37</v>
       </c>
-      <c r="K10" s="21" t="s">
+      <c r="L10" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="L10" s="13" t="s">
+      <c r="M10" s="33" t="s">
         <v>39</v>
       </c>
-      <c r="M10" s="33" t="s">
+      <c r="N10" s="22" t="s">
         <v>40</v>
       </c>
-      <c r="N10" s="22" t="s">
+      <c r="O10" s="18" t="s">
         <v>41</v>
       </c>
-      <c r="O10" s="18" t="s">
+      <c r="P10" s="17" t="s">
         <v>42</v>
       </c>
-      <c r="P10" s="17" t="s">
+      <c r="Q10" s="12" t="s">
         <v>43</v>
       </c>
-      <c r="Q10" s="12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R10" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
     </row>
     <row r="11" spans="1:21" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="7">
         <v>60010010293001</v>
       </c>
       <c r="C11" s="5">
         <v>2.6</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G11" s="25" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H11" s="5">
         <v>1.82</v>
       </c>
       <c r="I11" s="16">
         <v>2.33</v>
       </c>
       <c r="J11" s="23">
         <v>7.06</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="24" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="28" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="N11" s="35" t="s">
         <v>25</v>
       </c>
       <c r="O11" s="34" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="P11" s="46" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="Q11" s="47">
         <v>41503052132</v>
       </c>
       <c r="R11" s="51" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
     </row>
     <row r="12" spans="1:21" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B12" s="31">
         <v>80150020802001</v>
       </c>
       <c r="C12" s="26" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="8" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F12" s="26" t="s">
         <v>20</v>
       </c>
       <c r="G12" s="26" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="H12" s="26" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="I12" s="26">
         <v>2.33</v>
       </c>
       <c r="J12" s="83" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="K12" s="30" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="L12" s="27" t="s">
+        <v>52</v>
+      </c>
+      <c r="M12" s="29" t="s">
+        <v>59</v>
+      </c>
+      <c r="N12" s="36" t="s">
         <v>54</v>
       </c>
-      <c r="M12" s="29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O12" s="9" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="P12" s="40" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="Q12" s="48">
         <v>50003050931</v>
       </c>
       <c r="R12" s="52">
         <v>46482</v>
       </c>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
     </row>
     <row r="13" spans="1:21" ht="63" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B13" s="7">
         <v>1000362001001</v>
       </c>
       <c r="C13" s="5">
         <v>11</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E13" s="8" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G13" s="35" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="H13" s="5">
         <v>6</v>
       </c>
       <c r="I13" s="5"/>
       <c r="J13" s="80">
         <v>66</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="L13" s="38" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="M13" s="32" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="N13" s="36" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="O13" s="9" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="P13" s="49" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="Q13" s="50">
         <v>40103038488</v>
       </c>
       <c r="R13" s="53" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
     </row>
     <row r="14" spans="1:21" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A14" s="39" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B14" s="41">
         <v>1000260002001</v>
       </c>
       <c r="C14" s="42">
         <v>1</v>
       </c>
       <c r="D14" s="43" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E14" s="43" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F14" s="42" t="s">
         <v>20</v>
       </c>
       <c r="G14" s="54" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H14" s="42">
         <v>24.79</v>
       </c>
       <c r="I14" s="42">
         <v>2.33</v>
       </c>
       <c r="J14" s="42">
         <v>24.79</v>
       </c>
       <c r="K14" s="42" t="s">
+        <v>70</v>
+      </c>
+      <c r="L14" s="38" t="s">
+        <v>71</v>
+      </c>
+      <c r="M14" s="44" t="s">
         <v>72</v>
       </c>
-      <c r="L14" s="38" t="s">
+      <c r="N14" s="44" t="s">
         <v>73</v>
       </c>
-      <c r="M14" s="44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O14" s="45" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="P14" s="19" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="Q14" s="61">
         <v>40003174017</v>
       </c>
       <c r="R14" s="51" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
     </row>
     <row r="15" spans="1:21" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B15" s="31">
         <v>13000102012001</v>
       </c>
       <c r="C15" s="35">
         <v>1</v>
       </c>
       <c r="D15" s="43" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E15" s="43" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F15" s="35" t="s">
         <v>20</v>
       </c>
       <c r="G15" s="35" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="H15" s="35">
         <v>24.79</v>
       </c>
       <c r="I15" s="35">
         <v>2.33</v>
       </c>
       <c r="J15" s="81">
         <v>24.79</v>
       </c>
       <c r="K15" s="35" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="L15" s="36" t="s">
+        <v>79</v>
+      </c>
+      <c r="M15" s="36" t="s">
+        <v>80</v>
+      </c>
+      <c r="N15" s="36" t="s">
         <v>81</v>
       </c>
-      <c r="M15" s="36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O15" s="45" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="P15" s="19" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="Q15" s="61">
         <v>40003174017</v>
       </c>
       <c r="R15" s="18" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
     </row>
     <row r="16" spans="1:21" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A16" s="59" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B16" s="31">
         <v>1000870368001</v>
       </c>
       <c r="C16" s="55">
         <v>1</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="E16" s="8" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F16" s="55" t="s">
         <v>20</v>
       </c>
       <c r="G16" s="55" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="H16" s="55">
         <v>56.91</v>
       </c>
       <c r="I16" s="55"/>
       <c r="J16" s="81">
         <v>56.91</v>
       </c>
       <c r="K16" s="55" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="L16" s="56" t="s">
+        <v>84</v>
+      </c>
+      <c r="M16" s="56" t="s">
+        <v>85</v>
+      </c>
+      <c r="N16" s="56" t="s">
         <v>86</v>
       </c>
-      <c r="M16" s="56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O16" s="9" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="P16" s="64" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="Q16" s="65">
         <v>40103303559</v>
       </c>
       <c r="R16" s="66" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="S16" s="1"/>
       <c r="T16" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:20" ht="62.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B17" s="62" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C17" s="35">
         <v>3</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E17" s="8" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F17" s="35" t="s">
         <v>20</v>
       </c>
       <c r="G17" s="57" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="H17" s="35">
         <v>24.79</v>
       </c>
       <c r="I17" s="35"/>
       <c r="J17" s="81">
         <v>24.79</v>
       </c>
       <c r="K17" s="35" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="L17" s="36" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="M17" s="36" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="N17" s="58" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="O17" s="9" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="P17" s="19" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="Q17" s="61">
         <v>40003174017</v>
       </c>
       <c r="R17" s="18" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
     </row>
     <row r="18" spans="1:20" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B18" s="31">
         <v>1000320001003</v>
       </c>
       <c r="C18" s="35">
         <v>1</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E18" s="8" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F18" s="35" t="s">
         <v>20</v>
       </c>
       <c r="G18" s="60" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H18" s="35">
         <v>24.79</v>
       </c>
       <c r="I18" s="35"/>
       <c r="J18" s="81">
         <v>24.79</v>
       </c>
       <c r="K18" s="35" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="L18" s="36" t="s">
+        <v>100</v>
+      </c>
+      <c r="M18" s="36" t="s">
+        <v>101</v>
+      </c>
+      <c r="N18" s="36" t="s">
         <v>102</v>
       </c>
-      <c r="M18" s="36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O18" s="9" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="P18" s="40" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="Q18" s="8">
         <v>40003174017</v>
       </c>
       <c r="R18" s="18" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
     </row>
     <row r="19" spans="1:20" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B19" s="31">
         <v>40010010223001</v>
       </c>
       <c r="C19" s="35">
         <v>10</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F19" s="35" t="s">
         <v>20</v>
       </c>
       <c r="G19" s="35" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="H19" s="35" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="I19" s="35">
         <v>2.33</v>
       </c>
       <c r="J19" s="81" t="s">
+        <v>106</v>
+      </c>
+      <c r="K19" s="35" t="s">
+        <v>107</v>
+      </c>
+      <c r="L19" s="36" t="s">
         <v>108</v>
       </c>
-      <c r="K19" s="35" t="s">
+      <c r="M19" s="36" t="s">
         <v>109</v>
       </c>
-      <c r="L19" s="36" t="s">
+      <c r="N19" s="63" t="s">
         <v>110</v>
       </c>
-      <c r="M19" s="36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O19" s="9" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="P19" s="40" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="Q19" s="8">
         <v>50003050931</v>
       </c>
       <c r="R19" s="18" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
     </row>
     <row r="20" spans="1:20" ht="78.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B20" s="31">
         <v>13000081609003</v>
       </c>
       <c r="C20" s="35">
         <v>10</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="E20" s="8" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F20" s="35" t="s">
         <v>20</v>
       </c>
       <c r="G20" s="35" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="H20" s="67" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="I20" s="67">
         <v>2.33</v>
       </c>
       <c r="J20" s="81" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="K20" s="67" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="L20" s="36" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="M20" s="36" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="N20" s="68" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="O20" s="9" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="P20" s="40" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="Q20" s="74">
         <v>40103257495</v>
       </c>
       <c r="R20" s="18" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
     </row>
     <row r="21" spans="1:20" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B21" s="31">
         <v>1000850017002</v>
       </c>
       <c r="C21" s="35">
         <v>1</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E21" s="8" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F21" s="35" t="s">
         <v>20</v>
       </c>
       <c r="G21" s="35" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="H21" s="35">
         <v>24.79</v>
       </c>
       <c r="I21" s="35">
         <v>2.33</v>
       </c>
       <c r="J21" s="81">
         <v>24.79</v>
       </c>
       <c r="K21" s="35" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="L21" s="36" t="s">
+        <v>121</v>
+      </c>
+      <c r="M21" s="36" t="s">
+        <v>122</v>
+      </c>
+      <c r="N21" s="36" t="s">
+        <v>96</v>
+      </c>
+      <c r="O21" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="P21" s="40" t="s">
         <v>123</v>
-      </c>
-[...10 lines deleted...]
-        <v>125</v>
       </c>
       <c r="Q21" s="8">
         <v>40003174017</v>
       </c>
       <c r="R21" s="94">
         <v>46748</v>
       </c>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
     </row>
     <row r="22" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="8" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B22" s="75">
         <v>1000040005002</v>
       </c>
       <c r="C22" s="35">
         <v>1</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E22" s="8" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F22" s="35" t="s">
         <v>20</v>
       </c>
       <c r="G22" s="35" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="H22" s="35">
         <v>24.79</v>
       </c>
       <c r="I22" s="35"/>
       <c r="J22" s="81">
         <v>24.79</v>
       </c>
       <c r="K22" s="25">
         <v>47118</v>
       </c>
       <c r="L22" s="36" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="M22" s="36" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="N22" s="36" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="O22" s="9" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="P22" s="40" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="Q22" s="71">
         <v>50003588031</v>
       </c>
       <c r="R22" s="93" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
     </row>
     <row r="23" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="8" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B23" s="76">
         <v>1000850017004</v>
       </c>
       <c r="C23" s="69">
         <v>1</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E23" s="8" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F23" s="69" t="s">
         <v>20</v>
       </c>
       <c r="G23" s="69" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="H23" s="69">
         <v>24.79</v>
       </c>
       <c r="I23" s="69">
         <v>2.33</v>
       </c>
       <c r="J23" s="81" t="s">
+        <v>130</v>
+      </c>
+      <c r="K23" s="25" t="s">
+        <v>107</v>
+      </c>
+      <c r="L23" s="69" t="s">
+        <v>131</v>
+      </c>
+      <c r="M23" s="69" t="s">
         <v>132</v>
       </c>
-      <c r="K23" s="25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N23" s="70" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="O23" s="8" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="P23" s="8" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="Q23" s="8">
         <v>50003588031</v>
       </c>
       <c r="R23" s="25" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
     </row>
     <row r="24" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="8" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B24" s="76">
         <v>1000320001003</v>
       </c>
       <c r="C24" s="72" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="E24" s="8" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F24" s="72" t="s">
         <v>20</v>
       </c>
       <c r="G24" s="72" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="H24" s="72" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="I24" s="72"/>
       <c r="J24" s="81" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="K24" s="25" t="s">
+        <v>139</v>
+      </c>
+      <c r="L24" s="72" t="s">
         <v>141</v>
       </c>
-      <c r="L24" s="72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M24" s="72" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="N24" s="72" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="O24" s="8" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="P24" s="8" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="Q24" s="8">
         <v>40003742426</v>
       </c>
       <c r="R24" s="88" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
     </row>
     <row r="25" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="8" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="B25" s="76">
         <v>1000850017001</v>
       </c>
       <c r="C25" s="73">
         <v>1</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="E25" s="8" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F25" s="73" t="s">
         <v>20</v>
       </c>
       <c r="G25" s="73" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="H25" s="73">
         <v>24.79</v>
       </c>
       <c r="I25" s="73">
         <v>2.33</v>
       </c>
       <c r="J25" s="81">
         <v>27.12</v>
       </c>
       <c r="K25" s="25" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="L25" s="73" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="M25" s="73" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="N25" s="73" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="O25" s="8" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="P25" s="8" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="Q25" s="8">
         <v>50003588031</v>
       </c>
       <c r="R25" s="88" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
     </row>
     <row r="26" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="71" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="B26" s="84">
         <v>68540040375007</v>
       </c>
       <c r="C26" s="79" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="D26" s="71" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="E26" s="71" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F26" s="79" t="s">
         <v>20</v>
       </c>
       <c r="G26" s="79" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="H26" s="79">
         <v>150</v>
       </c>
       <c r="I26" s="79">
         <v>2.33</v>
       </c>
       <c r="J26" s="82">
         <v>152.33000000000001</v>
       </c>
       <c r="K26" s="85" t="s">
+        <v>152</v>
+      </c>
+      <c r="L26" s="79" t="s">
+        <v>153</v>
+      </c>
+      <c r="M26" s="79" t="s">
         <v>154</v>
       </c>
-      <c r="L26" s="79" t="s">
+      <c r="N26" s="86" t="s">
         <v>155</v>
       </c>
-      <c r="M26" s="79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O26" s="71" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="P26" s="71" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="Q26" s="71">
         <v>40103257495</v>
       </c>
       <c r="R26" s="89" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
     </row>
     <row r="27" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B27" s="7">
         <v>9000010420001</v>
       </c>
       <c r="C27" s="78" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E27" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F27" s="77" t="s">
         <v>20</v>
       </c>
       <c r="G27" s="25" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="H27" s="77">
         <v>150</v>
       </c>
       <c r="I27" s="77">
         <v>2.33</v>
       </c>
       <c r="J27" s="87">
         <v>152.33000000000001</v>
       </c>
       <c r="K27" s="77" t="s">
+        <v>164</v>
+      </c>
+      <c r="L27" s="78" t="s">
+        <v>165</v>
+      </c>
+      <c r="M27" s="78" t="s">
         <v>166</v>
       </c>
-      <c r="L27" s="78" t="s">
+      <c r="N27" s="8" t="s">
         <v>167</v>
       </c>
-      <c r="M27" s="78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O27" s="8" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="P27" s="8" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="Q27" s="8">
         <v>40103257495</v>
       </c>
       <c r="R27" s="95" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
     </row>
     <row r="28" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="71" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B28" s="97">
         <v>1000850017004</v>
       </c>
       <c r="C28" s="92">
         <v>2</v>
       </c>
       <c r="D28" s="71" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="E28" s="71" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F28" s="98" t="s">
         <v>20</v>
       </c>
       <c r="G28" s="85" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="H28" s="98">
         <v>38.99</v>
       </c>
       <c r="I28" s="98">
         <v>2.33</v>
       </c>
       <c r="J28" s="99">
         <v>80.31</v>
       </c>
       <c r="K28" s="98" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="L28" s="92" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="M28" s="92" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="N28" s="100" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="O28" s="71" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="P28" s="71" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="Q28" s="71">
         <v>40203244444</v>
       </c>
       <c r="R28" s="101" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
     </row>
     <row r="29" spans="1:20" ht="123" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B29" s="7">
         <v>1000260002001</v>
       </c>
       <c r="C29" s="91">
         <v>2</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F29" s="90" t="s">
         <v>20</v>
       </c>
       <c r="G29" s="25" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="H29" s="90">
         <v>38.99</v>
       </c>
       <c r="I29" s="90">
         <v>2.33</v>
       </c>
       <c r="J29" s="87">
         <v>80.31</v>
       </c>
       <c r="K29" s="90" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="L29" s="91" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="M29" s="91" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="N29" s="96" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="O29" s="8" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>47</v>
+      </c>
+      <c r="P29" s="71" t="s">
+        <v>190</v>
       </c>
       <c r="Q29" s="8">
         <v>40003166842</v>
       </c>
       <c r="R29" s="95" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
     </row>
     <row r="30" spans="1:20" ht="126" x14ac:dyDescent="0.25">
       <c r="A30" s="8" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="B30" s="7">
         <v>1001212219007</v>
       </c>
       <c r="C30" s="102">
         <v>2</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="E30" s="8" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F30" s="102" t="s">
         <v>20</v>
       </c>
       <c r="G30" s="8" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="H30" s="4">
         <v>38.99</v>
       </c>
       <c r="I30" s="102">
         <v>2.33</v>
       </c>
       <c r="J30" s="4">
         <v>80.31</v>
       </c>
       <c r="K30" s="4" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="L30" s="102" t="s">
+        <v>186</v>
+      </c>
+      <c r="M30" s="103" t="s">
+        <v>187</v>
+      </c>
+      <c r="N30" s="8" t="s">
         <v>188</v>
       </c>
-      <c r="M30" s="103" t="s">
-[...10 lines deleted...]
-      <c r="R30" s="4"/>
+      <c r="O30" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="P30" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="Q30" s="106">
+        <v>40003174017</v>
+      </c>
+      <c r="R30" s="4" t="s">
+        <v>192</v>
+      </c>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
     </row>
-    <row r="31" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="P31" s="4"/>
+    <row r="31" spans="1:20" ht="78.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="8" t="s">
+        <v>193</v>
+      </c>
+      <c r="B31" s="61" t="s">
+        <v>194</v>
+      </c>
+      <c r="C31" s="104">
+        <v>74</v>
+      </c>
+      <c r="D31" s="8" t="s">
+        <v>195</v>
+      </c>
+      <c r="E31" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F31" s="104" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" s="8" t="s">
+        <v>196</v>
+      </c>
+      <c r="H31" s="4">
+        <v>2.15</v>
+      </c>
+      <c r="I31" s="4">
+        <v>3.63</v>
+      </c>
+      <c r="J31" s="4">
+        <v>162.72999999999999</v>
+      </c>
+      <c r="K31" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="L31" s="104" t="s">
+        <v>197</v>
+      </c>
+      <c r="M31" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="N31" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="O31" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="P31" s="107"/>
       <c r="Q31" s="4"/>
       <c r="R31" s="4"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
     </row>
-    <row r="32" spans="1:20" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-      <c r="O32" s="4"/>
+    <row r="32" spans="1:20" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="8" t="s">
+        <v>199</v>
+      </c>
+      <c r="B32" s="108" t="s">
+        <v>200</v>
+      </c>
+      <c r="C32" s="105">
+        <v>2</v>
+      </c>
+      <c r="D32" s="71" t="s">
+        <v>171</v>
+      </c>
+      <c r="E32" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F32" s="105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" s="8" t="s">
+        <v>201</v>
+      </c>
+      <c r="H32" s="4">
+        <v>41.32</v>
+      </c>
+      <c r="I32" s="4">
+        <v>0</v>
+      </c>
+      <c r="J32" s="61" t="s">
+        <v>202</v>
+      </c>
+      <c r="K32" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="L32" s="105" t="s">
+        <v>203</v>
+      </c>
+      <c r="M32" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="N32" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="O32" s="8" t="s">
+        <v>47</v>
+      </c>
       <c r="P32" s="4"/>
       <c r="Q32" s="4"/>
       <c r="R32" s="4"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
     </row>
-    <row r="33" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-      <c r="O33" s="4"/>
+    <row r="33" spans="1:20" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="8" t="s">
+        <v>212</v>
+      </c>
+      <c r="B33" s="108">
+        <v>1.7000330095009E+16</v>
+      </c>
+      <c r="C33" s="16">
+        <v>2</v>
+      </c>
+      <c r="D33" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="E33" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F33" s="109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" s="8" t="s">
+        <v>201</v>
+      </c>
+      <c r="H33" s="4">
+        <v>41.32</v>
+      </c>
+      <c r="I33" s="4">
+        <v>2.33</v>
+      </c>
+      <c r="J33" s="61">
+        <v>82.64</v>
+      </c>
+      <c r="K33" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="L33" s="109" t="s">
+        <v>209</v>
+      </c>
+      <c r="M33" s="8" t="s">
+        <v>210</v>
+      </c>
+      <c r="N33" s="8" t="s">
+        <v>213</v>
+      </c>
+      <c r="O33" s="8" t="s">
+        <v>47</v>
+      </c>
       <c r="P33" s="4"/>
       <c r="Q33" s="4"/>
       <c r="R33" s="4"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
     </row>
-    <row r="34" spans="1:20" ht="0.75" customHeight="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-      <c r="R34" s="1"/>
+    <row r="34" spans="1:20" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A34" s="8" t="s">
+        <v>205</v>
+      </c>
+      <c r="B34" s="108" t="s">
+        <v>206</v>
+      </c>
+      <c r="C34" s="16">
+        <v>2</v>
+      </c>
+      <c r="D34" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="E34" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F34" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" s="8" t="s">
+        <v>201</v>
+      </c>
+      <c r="H34" s="4">
+        <v>41.32</v>
+      </c>
+      <c r="I34" s="4">
+        <v>2.33</v>
+      </c>
+      <c r="J34" s="4">
+        <v>82.64</v>
+      </c>
+      <c r="K34" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="L34" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="M34" s="8" t="s">
+        <v>211</v>
+      </c>
+      <c r="N34" s="8" t="s">
+        <v>213</v>
+      </c>
+      <c r="O34" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="P34" s="4"/>
+      <c r="Q34" s="4"/>
+      <c r="R34" s="4"/>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
     </row>
-    <row r="35" spans="1:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="1"/>
+    <row r="35" spans="1:20" ht="0.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="B35" s="1"/>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
-      <c r="E35" s="1"/>
+      <c r="E35" s="106"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
     </row>
-    <row r="36" spans="1:20" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>15</v>
+    <row r="36" spans="1:20" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4" t="s">
+        <v>12</v>
       </c>
       <c r="B36" s="1"/>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
-      <c r="E36" s="1"/>
+      <c r="E36" s="110"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
     </row>
-    <row r="37" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="L37" s="1"/>
+    <row r="37" spans="1:20" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B37" s="1"/>
+      <c r="C37" s="1"/>
+      <c r="D37" s="1"/>
+      <c r="E37" s="1"/>
+      <c r="F37" s="1"/>
+      <c r="G37" s="1"/>
+      <c r="H37" s="1"/>
+      <c r="I37" s="1"/>
+      <c r="J37" s="1"/>
+      <c r="K37" s="1"/>
+      <c r="L37" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
     </row>
-    <row r="38" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D38" s="1"/>
+    <row r="38" spans="1:20" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="B38" s="37"/>
+      <c r="C38" s="37"/>
+      <c r="D38" s="37"/>
       <c r="E38" s="1"/>
-      <c r="F38" s="1"/>
-[...4 lines deleted...]
-      <c r="K38" s="1"/>
+      <c r="F38" s="20"/>
+      <c r="G38" s="20"/>
+      <c r="H38" s="20"/>
+      <c r="I38" s="20"/>
+      <c r="J38" s="20"/>
+      <c r="K38" s="20" t="s">
+        <v>96</v>
+      </c>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
     </row>
     <row r="39" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A39" s="1" t="s">
-        <v>175</v>
+      <c r="A39" s="37" t="s">
+        <v>96</v>
       </c>
       <c r="B39" s="1"/>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
-      <c r="N39" s="1"/>
+      <c r="N39" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
     </row>
     <row r="40" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A40" s="1" t="s">
-        <v>98</v>
+        <v>173</v>
       </c>
       <c r="B40" s="1"/>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
-      <c r="E40" s="1"/>
+      <c r="E40" s="37"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
     </row>
     <row r="41" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A41" s="37" t="s">
-        <v>174</v>
+      <c r="A41" s="1" t="s">
+        <v>96</v>
       </c>
       <c r="B41" s="1"/>
       <c r="C41" s="1"/>
       <c r="D41" s="1"/>
       <c r="E41" s="1"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
-      <c r="P41" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
     </row>
     <row r="42" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A42" s="37" t="s">
-        <v>98</v>
+        <v>172</v>
       </c>
       <c r="B42" s="1"/>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
       <c r="E42" s="1"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
-      <c r="P42" s="1"/>
+      <c r="P42" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
     </row>
     <row r="43" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A43" s="1"/>
+      <c r="A43" s="37" t="s">
+        <v>96</v>
+      </c>
       <c r="B43" s="1"/>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
     </row>
     <row r="44" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A44" s="1"/>
       <c r="B44" s="1"/>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
@@ -3909,50 +4133,76 @@
     </row>
     <row r="75" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A75" s="1"/>
       <c r="B75" s="1"/>
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="J75" s="1"/>
       <c r="K75" s="1"/>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
       <c r="O75" s="1"/>
       <c r="P75" s="1"/>
       <c r="Q75" s="1"/>
       <c r="R75" s="1"/>
       <c r="S75" s="1"/>
       <c r="T75" s="1"/>
     </row>
     <row r="76" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A76" s="1"/>
+      <c r="B76" s="1"/>
+      <c r="C76" s="1"/>
+      <c r="D76" s="1"/>
+      <c r="E76" s="1"/>
+      <c r="F76" s="1"/>
+      <c r="G76" s="1"/>
+      <c r="H76" s="1"/>
+      <c r="I76" s="1"/>
+      <c r="J76" s="1"/>
+      <c r="K76" s="1"/>
+      <c r="L76" s="1"/>
+      <c r="M76" s="1"/>
+      <c r="N76" s="1"/>
+      <c r="O76" s="1"/>
+      <c r="P76" s="1"/>
+      <c r="Q76" s="1"/>
+      <c r="R76" s="1"/>
+      <c r="S76" s="1"/>
+      <c r="T76" s="1"/>
+    </row>
+    <row r="77" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A77" s="1"/>
+      <c r="E77" s="1"/>
+    </row>
+    <row r="78" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="E78" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="P8:R8"/>
     <mergeCell ref="A3:Q3"/>
     <mergeCell ref="A4:Q4"/>
     <mergeCell ref="A5:Q5"/>
     <mergeCell ref="A6:Q6"/>
     <mergeCell ref="A8:F8"/>
     <mergeCell ref="J8:J9"/>
     <mergeCell ref="H8:H9"/>
     <mergeCell ref="K8:K9"/>
     <mergeCell ref="L8:L9"/>
     <mergeCell ref="O8:O9"/>
     <mergeCell ref="N8:N9"/>
     <mergeCell ref="G8:G9"/>
     <mergeCell ref="M8:M9"/>
   </mergeCells>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.74803149606299213" bottom="0.19685039370078741" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">