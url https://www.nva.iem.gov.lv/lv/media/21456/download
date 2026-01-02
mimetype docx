--- v0 (2025-10-15)
+++ v1 (2026-01-02)
@@ -78,897 +78,890 @@
         </w:rPr>
         <w:t>Rīga, LV-1014</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C0A4C" w:rsidRPr="008843E4" w:rsidRDefault="008C0A4C" w:rsidP="008C0A4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C0A4C" w:rsidRPr="008843E4" w:rsidRDefault="008C0A4C" w:rsidP="008C0A4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="008C0A4C" w:rsidRPr="008843E4" w:rsidRDefault="008C0A4C" w:rsidP="008C0A4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00B25808" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nomas pretendenta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nosaukums)</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="008C0A4C" w:rsidRPr="008843E4" w:rsidRDefault="008C0A4C" w:rsidP="008C0A4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008843E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>______________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C0A4C" w:rsidRPr="008843E4" w:rsidRDefault="008C0A4C" w:rsidP="008C0A4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008843E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>(adrese)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0A4C" w:rsidRPr="008843E4" w:rsidRDefault="008C0A4C" w:rsidP="008C0A4C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0A4C" w:rsidRPr="008843E4" w:rsidRDefault="008C0A4C" w:rsidP="008C0A4C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(reģistrācijas Nr.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0A4C" w:rsidRPr="008843E4" w:rsidRDefault="008C0A4C" w:rsidP="008C0A4C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0A4C" w:rsidRPr="008843E4" w:rsidRDefault="008C0A4C" w:rsidP="008C0A4C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00B25808" w:rsidRPr="008843E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">nomas pretendenta </w:t>
-[...7 lines deleted...]
-        <w:t>nosaukums)</w:t>
+        <w:t>kontakttālrunis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00031427" w:rsidRPr="008843E4" w:rsidRDefault="00031427" w:rsidP="008C0A4C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00031427" w:rsidRPr="008843E4" w:rsidRDefault="00031427" w:rsidP="008C0A4C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(e-pasts)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C0A4C" w:rsidRPr="008843E4" w:rsidRDefault="008C0A4C" w:rsidP="008C0A4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008843E4">
-[...5 lines deleted...]
-        <w:t>______________________</w:t>
+    </w:p>
+    <w:p w:rsidR="008C0A4C" w:rsidRPr="008843E4" w:rsidRDefault="00945D53" w:rsidP="008C0A4C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nomas </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91BE7" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tiesību</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieteikums</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C0A4C" w:rsidRPr="008843E4" w:rsidRDefault="008C0A4C" w:rsidP="008C0A4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="right"/>
-[...13 lines deleted...]
-      </w:r>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="008C0A4C" w:rsidRPr="008843E4" w:rsidRDefault="008C0A4C" w:rsidP="008C0A4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="right"/>
-[...12 lines deleted...]
-        <w:t>______________________</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Lūdzu iznomāt nekustamo īpašumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00D653B0" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00945D53" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D653B0" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kas </w:t>
+      </w:r>
+      <w:r w:rsidR="00945D53" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atrodas</w:t>
+      </w:r>
+      <w:r w:rsidR="00D653B0" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C0A4C" w:rsidRPr="008843E4" w:rsidRDefault="008C0A4C" w:rsidP="008C0A4C">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...44 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC32D0" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
       <w:r w:rsidRPr="008843E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00B25808" w:rsidRPr="008843E4">
-[...5 lines deleted...]
-        <w:t>kontakttālrunis</w:t>
+      <w:r w:rsidR="00945D53" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nekustamā īpašuma veids</w:t>
       </w:r>
       <w:r w:rsidRPr="008843E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00031427" w:rsidRPr="008843E4" w:rsidRDefault="00031427" w:rsidP="008C0A4C">
-[...59 lines deleted...]
-    <w:p w:rsidR="008C0A4C" w:rsidRPr="008843E4" w:rsidRDefault="00945D53" w:rsidP="008C0A4C">
+    <w:p w:rsidR="00A547D7" w:rsidRPr="008843E4" w:rsidRDefault="00D653B0" w:rsidP="00D653B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547D7" w:rsidRPr="008843E4" w:rsidRDefault="00A547D7" w:rsidP="00D653B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D653B0" w:rsidRPr="008843E4" w:rsidRDefault="00D653B0" w:rsidP="00D653B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC32D0" w:rsidRPr="008843E4" w:rsidRDefault="00D653B0" w:rsidP="005C0D56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...76 lines deleted...]
-        <w:t xml:space="preserve"> _____________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(adrese,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A547D7" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00945D53" w:rsidRPr="008843E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>_____</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, kas </w:t>
+        <w:t xml:space="preserve">ēkām, būvēm - </w:t>
+      </w:r>
+      <w:r w:rsidR="00A547D7" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>stāvs,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> telp</w:t>
+      </w:r>
+      <w:r w:rsidR="00A547D7" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nr., kadastra</w:t>
       </w:r>
       <w:r w:rsidR="00945D53" w:rsidRPr="008843E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>atrodas</w:t>
-[...80 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> numurs/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apzīmējums, platība)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC32D0" w:rsidRPr="008843E4" w:rsidRDefault="00CC32D0" w:rsidP="00CC32D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Plānotās darbības _________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC32D0" w:rsidRPr="008843E4" w:rsidRDefault="00CC32D0" w:rsidP="005C0D56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A547D7" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A547D7" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(plānotās darbības nomas objektā)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC32D0" w:rsidRPr="008843E4" w:rsidRDefault="00CC32D0" w:rsidP="00CC32D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vēlamais nomas termiņš līdz ________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC32D0" w:rsidRPr="008843E4" w:rsidRDefault="00CC32D0" w:rsidP="00CC32D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00945D53" w:rsidRPr="008843E4">
-[...122 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008843E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>as</w:t>
+        <w:t>dd.mm.gggg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008843E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Nr., kadastra</w:t>
-[...27 lines deleted...]
-      </w:pPr>
+        <w:t>.)</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00CC32D0" w:rsidRPr="008843E4" w:rsidRDefault="00CC32D0" w:rsidP="00CC32D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008843E4">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00CC32D0" w:rsidRPr="008843E4" w:rsidRDefault="00CC32D0" w:rsidP="00CC32D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008843E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-[...184 lines deleted...]
-        </w:rPr>
         <w:t>*Piedāvātā nomas maksa EUR/m² mēnesī (bez PVN):____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC32D0" w:rsidRPr="008843E4" w:rsidRDefault="005D4EC1" w:rsidP="005D4EC1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
       <w:r w:rsidR="008843E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1058,72 +1051,252 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CC32D0" w:rsidRPr="008843E4" w:rsidRDefault="00CC32D0" w:rsidP="00CC32D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008843E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pielikumā:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A547D7" w:rsidRPr="008843E4" w:rsidRDefault="00A547D7" w:rsidP="00CC32D0">
+    <w:p w:rsidR="005C0D56" w:rsidRDefault="005C0D56" w:rsidP="00CC32D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008843E4">
-[...5 lines deleted...]
-        <w:t>Uzņēmuma / privātpersonas bankas rekvizīti.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Informācija par u</w:t>
+      </w:r>
+      <w:r w:rsidR="00A547D7" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zņēmum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00A547D7" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / privātperson</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547D7" w:rsidRDefault="00A547D7" w:rsidP="005C0D56">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bankas rekvizīti</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C0D56" w:rsidRDefault="005C0D56" w:rsidP="005C0D56">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> persona, kas paraksta nomas līgumu – vārds, uzvārds, amats;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C3C" w:rsidRDefault="005C0D56" w:rsidP="005C0D56">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kontaktpersona līguma darbības laikā – vārds, uzvārds, tālrunis, elektroniskā pasta </w:t>
+      </w:r>
+      <w:r w:rsidR="00811C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C0D56" w:rsidRDefault="00811C3C" w:rsidP="00811C3C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C0D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>adrese;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C0D56" w:rsidRPr="005C0D56" w:rsidRDefault="00811C3C" w:rsidP="005C0D56">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C0D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elektroniskā pasta adrese rēķinu nosūtīšanai.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F6D53" w:rsidRPr="008843E4" w:rsidRDefault="00945D53" w:rsidP="003F6D53">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008843E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Citi dokumenti (norādīt kādi).</w:t>
       </w:r>
@@ -1179,437 +1352,445 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A547D7" w:rsidRPr="008843E4" w:rsidRDefault="005D4EC1" w:rsidP="005D4EC1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>** 20.02.2018. MK noteikumu Nr.97 “Publiskas personas mantas iznomāšanas noteikumi” 29.7.apakšpunkts.</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C3C" w:rsidRDefault="00811C3C" w:rsidP="00D653B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A547D7" w:rsidRPr="008843E4" w:rsidRDefault="00811C3C" w:rsidP="00D653B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A547D7" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A547D7" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A547D7" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A547D7" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A547D7" w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A547D7" w:rsidRPr="008843E4" w:rsidRDefault="00A547D7" w:rsidP="00D653B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(datums)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...176 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="008843E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>(paraksts)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A547D7" w:rsidRPr="008843E4" w:rsidSect="00DF502B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="278D7F91"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0426000F">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E794960C"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
-[...17 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
-[...17 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="125"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008C0A4C"/>
     <w:rsid w:val="00031427"/>
     <w:rsid w:val="00155657"/>
     <w:rsid w:val="00216C2E"/>
     <w:rsid w:val="00260D7E"/>
     <w:rsid w:val="00314CED"/>
     <w:rsid w:val="00384093"/>
     <w:rsid w:val="003F6D53"/>
     <w:rsid w:val="00476014"/>
     <w:rsid w:val="005142EC"/>
+    <w:rsid w:val="005C0D56"/>
     <w:rsid w:val="005C4894"/>
     <w:rsid w:val="005D4EC1"/>
     <w:rsid w:val="006A288E"/>
     <w:rsid w:val="006B759D"/>
-    <w:rsid w:val="00731C6F"/>
+    <w:rsid w:val="00811C3C"/>
     <w:rsid w:val="008843E4"/>
     <w:rsid w:val="008C0A4C"/>
     <w:rsid w:val="00945D53"/>
     <w:rsid w:val="009D6FDA"/>
     <w:rsid w:val="00A547D7"/>
     <w:rsid w:val="00B25808"/>
     <w:rsid w:val="00B67449"/>
     <w:rsid w:val="00C91BE7"/>
     <w:rsid w:val="00CC32D0"/>
     <w:rsid w:val="00D653B0"/>
     <w:rsid w:val="00DF502B"/>
     <w:rsid w:val="00E022D5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="59FEBB20"/>
+  <w14:docId w14:val="53FCCD17"/>
   <w15:docId w15:val="{80759294-8379-4F98-945A-5479E2905C33}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2310,65 +2491,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1014</Words>
-  <Characters>579</Characters>
+  <Words>1184</Words>
+  <Characters>676</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>5</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1590</CharactersWithSpaces>
+  <CharactersWithSpaces>1857</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Vanda Skole</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>