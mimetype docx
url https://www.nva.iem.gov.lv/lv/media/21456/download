--- v1 (2026-01-02)
+++ v2 (2026-03-10)
@@ -10,50 +10,52 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="005C4894" w:rsidRPr="008843E4" w:rsidRDefault="008C0A4C" w:rsidP="008C0A4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="008843E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nodrošinājuma valsts aģentūrai</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C0A4C" w:rsidRPr="008843E4" w:rsidRDefault="00031427" w:rsidP="008C0A4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008843E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1498,59 +1500,50 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008843E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008843E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008843E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>(paraksts)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A547D7" w:rsidRPr="008843E4" w:rsidSect="00DF502B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
@@ -1715,82 +1708,82 @@
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008C0A4C"/>
     <w:rsid w:val="00031427"/>
     <w:rsid w:val="00155657"/>
     <w:rsid w:val="00216C2E"/>
     <w:rsid w:val="00260D7E"/>
     <w:rsid w:val="00314CED"/>
     <w:rsid w:val="00384093"/>
     <w:rsid w:val="003F6D53"/>
     <w:rsid w:val="00476014"/>
     <w:rsid w:val="005142EC"/>
     <w:rsid w:val="005C0D56"/>
     <w:rsid w:val="005C4894"/>
     <w:rsid w:val="005D4EC1"/>
     <w:rsid w:val="006A288E"/>
     <w:rsid w:val="006B759D"/>
     <w:rsid w:val="00811C3C"/>
     <w:rsid w:val="008843E4"/>
     <w:rsid w:val="008C0A4C"/>
     <w:rsid w:val="00945D53"/>
     <w:rsid w:val="009D6FDA"/>
     <w:rsid w:val="00A547D7"/>
+    <w:rsid w:val="00AD7598"/>
     <w:rsid w:val="00B25808"/>
     <w:rsid w:val="00B67449"/>
     <w:rsid w:val="00C91BE7"/>
     <w:rsid w:val="00CC32D0"/>
     <w:rsid w:val="00D653B0"/>
     <w:rsid w:val="00DF502B"/>
     <w:rsid w:val="00E022D5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="53FCCD17"/>
   <w15:docId w15:val="{80759294-8379-4F98-945A-5479E2905C33}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>