--- v0 (2025-10-15)
+++ v1 (2026-01-02)
@@ -1,3467 +1,3415 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00132EF4" w:rsidRPr="00B36894" w:rsidRDefault="00132EF4" w:rsidP="00132EF4">
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>PARAUGS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00132EF4" w:rsidRDefault="00132EF4" w:rsidP="00132EF4">
+    <w:p w:rsidR="00E14F28" w:rsidRPr="00E14F28" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00132EF4" w:rsidRPr="00B36894" w:rsidRDefault="00132EF4" w:rsidP="00132EF4">
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E14F28">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2. pielikums</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-    <w:p w:rsidR="00132EF4" w:rsidRPr="00132EF4" w:rsidRDefault="00132EF4" w:rsidP="00132EF4">
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nomas līgumam par nedzīvojamās</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00132EF4" w:rsidRPr="00132EF4" w:rsidRDefault="00132EF4" w:rsidP="00132EF4">
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> telpas daļas nomu Krustpils ielā 10, Rīgā</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00132EF4" w:rsidRPr="00B36894" w:rsidRDefault="00132EF4" w:rsidP="00132EF4">
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00132EF4" w:rsidRPr="00B36894" w:rsidRDefault="00132EF4" w:rsidP="00132EF4">
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Telpas nodošanas – pieņemšanas akts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...20 lines deleted...]
-    <w:p w:rsidR="00132EF4" w:rsidRDefault="00132EF4" w:rsidP="00132EF4">
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00132EF4" w:rsidRPr="00B36894" w:rsidRDefault="00132EF4" w:rsidP="00132EF4">
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00132EF4" w:rsidRDefault="00132EF4" w:rsidP="00132EF4">
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rīgā,                                                                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dokumenta datums ir pēdējā pievienotā droša </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="00132EF4" w:rsidRPr="00B36894" w:rsidRDefault="00132EF4" w:rsidP="00132EF4">
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 elektroniskā paraksta laika zīmoga datums</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...52 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...14 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pamatojoties uz Līguma 1.3. punktu, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nodrošinājuma valsts aģentūras Nekustamo īpašumu pārvaldīšanas departamenta Rīgas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>valstspilsētas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> īpašumu pārvaldīšanas nodaļas Galvenais nekustamā īpašuma pārvaldnieks </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Artjoms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B36894">
-[...14 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00016AD2">
-[...5 lines deleted...]
-        <w:t>valstspilsētas</w:t>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Jeļisejevs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00016AD2">
-[...27 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nodod un ________ pieņem 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D67BEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB221D">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">nodod un </w:t>
+      <w:r w:rsidR="00D67BEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tāva nenorobežotas telpas daļu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D67BEF" w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ēkā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Krustpils ielā 10, Rīgā (būves kadastra apzīmējums </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>01001212219 00</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar kopējo platību </w:t>
+      </w:r>
+      <w:r w:rsidR="00097C7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m².</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Telpas sanitāri – tehniskais stāvoklis atbilst apsekošanas aktam, kas ir neatņemama nodošanas - pieņemšanas akta sastāvdaļa (pielikums). Parakstot aktu Puses apliecina, ka tām nav pretenziju par iepriekš minētās telpas sanitāri - tehnisko stāvokli.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Telpas nodošanas - pieņemšanas akts ir Līguma neatņemama sastāvdaļa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00D67BEF" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...127 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
-        <w:jc w:val="both"/>
-[...143 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4287"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="3628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00132EF4" w:rsidRPr="00B36894" w:rsidTr="001940F2">
+      <w:tr w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidTr="002D7AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4287" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00132EF4" w:rsidRPr="00EC42C0" w:rsidRDefault="00132EF4" w:rsidP="001940F2">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Nodeva:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EC42C0">
+            <w:r w:rsidRPr="0014257A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (*paraksts) ___________</w:t>
             </w:r>
-            <w:r>
+          </w:p>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                           </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>A.Jeļisejevs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pieņēma: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0014257A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>*</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(*paraksts) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00EC42C0">
-[...101 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>__________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00132EF4" w:rsidRPr="00B36894" w:rsidRDefault="00132EF4" w:rsidP="001940F2">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00132EF4" w:rsidRPr="00B36894" w:rsidRDefault="00132EF4" w:rsidP="00132EF4">
-[...9 lines deleted...]
-    <w:p w:rsidR="00132EF4" w:rsidRPr="00B36894" w:rsidRDefault="00132EF4" w:rsidP="00132EF4">
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00132EF4" w:rsidRDefault="00132EF4" w:rsidP="00132EF4">
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-    <w:p w:rsidR="00132EF4" w:rsidRDefault="00132EF4" w:rsidP="00132EF4">
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>*DOKUMENTS IR PARAKSTĪTS AR DROŠU ELEKTRONISKO PARAKSTU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> UN SATUR LAIKA ZĪMOGU</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="00132EF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...12 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5040" w:firstLine="489"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">PARAUGS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="002D6EDB">
-[...33 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                Pielikums</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="489"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                        Telpas nodošanas – pieņemšanas aktam</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                       </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="002D6EDB">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>APSEKOŠANAS AKTS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B36894">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="002D6EDB">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:t>(TELP</w:t>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(TELPAS SANITĀRI – TEHNISKĀ STĀVOKĻA APRAKSTS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Telpa Krustpils ielā 10, Rīga </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(būves kadastra apzīmējums </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>0100</w:t>
+      </w:r>
+      <w:r w:rsidR="00D67BEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>121</w:t>
+      </w:r>
+      <w:r w:rsidR="00D67BEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2219</w:t>
+      </w:r>
+      <w:r w:rsidR="00D67BEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>00</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...64 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar kopējo platību </w:t>
+      </w:r>
+      <w:r w:rsidR="00097C7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00D67BEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m²</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...92 lines deleted...]
-        <w:t xml:space="preserve">m² </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9468" w:type="dxa"/>
         <w:tblInd w:w="-106" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2130"/>
         <w:gridCol w:w="2118"/>
         <w:gridCol w:w="2131"/>
         <w:gridCol w:w="3089"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidTr="001940F2">
+      <w:tr w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidTr="002D7AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Telpas</w:t>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Telpas apsekošana</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B36894">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Sanitāri-tehniskais stāvoklis</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(Labs, apmierinošs, neapmierinošs, slikts)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Nepieciešams veikt būvju uzlabošanas darbus</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(Ir / nav)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Piezīmes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidTr="001940F2">
+      <w:tr w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidTr="002D7AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Sienu stāvoklis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00BE17AB" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidTr="001940F2">
+      <w:tr w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidTr="002D7AA9">
         <w:trPr>
           <w:trHeight w:val="517"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Grīdas stāvoklis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidTr="001940F2">
+      <w:tr w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidTr="002D7AA9">
         <w:trPr>
           <w:trHeight w:val="671"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Griestu stāvoklis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidTr="001940F2">
+      <w:tr w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidTr="002D7AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Logu stāvoklis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidTr="001940F2">
+      <w:tr w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidTr="002D7AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Apkures sistēma un iekārtas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidTr="001940F2">
+      <w:tr w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidTr="002D7AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Ūdensvada sistēma un iekārtas (izlietnes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidTr="001940F2">
+      <w:tr w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidTr="002D7AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Ūdens padeve:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>-aukstais</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>-karstais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidTr="001940F2">
+      <w:tr w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidTr="002D7AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Kanalizācijas sistēma un iekārtas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidTr="001940F2">
+      <w:tr w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidTr="002D7AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Gaisa temperatūra:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>-siltajā periodā</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>-aukstajā periodā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidTr="001940F2">
+      <w:tr w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidTr="002D7AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Ir pieejama dienas gaisma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidTr="001940F2">
+      <w:tr w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidTr="002D7AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Mākslīgā apgaismojuma stāvoklis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidTr="001940F2">
+      <w:tr w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidTr="002D7AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Elektroinstalācijas stāvoklis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="001940F2">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="002D6EDB">
-[...25 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="00A03D89" w:rsidP="002D6EDB">
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Papildus informācija: ___________________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="7513"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:lang w:val="lv-LV" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>(*paraksts)</w:t>
       </w:r>
-      <w:r w:rsidR="002D6EDB">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ar-SA"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                  </w:t>
       </w:r>
-      <w:r w:rsidR="002D6EDB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ar-SA"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="002D6EDB">
+          <w:lang w:val="lv-LV" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  ________ (*paraksts)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="7513"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="002D6EDB">
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Artjoms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Jeļisejevs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRPr="00B36894" w:rsidRDefault="002D6EDB" w:rsidP="002D6EDB">
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...32 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRDefault="002D6EDB" w:rsidP="002D6EDB">
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>*DOKUMENTS IR PARAKSTĪTS AR DROŠU ELEKTRONISKO PARAKSTU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-    <w:p w:rsidR="002D6EDB" w:rsidRPr="00EC19F7" w:rsidRDefault="002D6EDB" w:rsidP="002D6EDB">
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UN SATUR LAIKA ZĪMOGU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-    <w:sectPr w:rsidR="002D6EDB" w:rsidSect="00132EF4">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="00E14F28" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00E14F28" w:rsidRPr="00E14F28" w:rsidSect="00C2198F">
+      <w:headerReference w:type="default" r:id="rId6"/>
+      <w:footerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="first" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="397" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00097C7C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00097C7C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00B329D1" w:rsidRPr="00B329D1" w:rsidRDefault="00097C7C" w:rsidP="00B329D1">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00B329D1" w:rsidRPr="00B329D1" w:rsidRDefault="00097C7C" w:rsidP="00B329D1">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00097C7C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00097C7C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00B329D1" w:rsidRPr="00B329D1" w:rsidRDefault="00097C7C" w:rsidP="00576799">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00576799" w:rsidRPr="00576799" w:rsidRDefault="00D67BEF" w:rsidP="00576799">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00576799">
+      <w:rPr>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00576799">
+      <w:rPr>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00576799">
+      <w:rPr>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00576799">
+      <w:rPr>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="133"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00132EF4"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00EE7A75"/>
+    <w:rsidRoot w:val="00E14F28"/>
+    <w:rsid w:val="00097C7C"/>
+    <w:rsid w:val="007D30F7"/>
+    <w:rsid w:val="00D67BEF"/>
+    <w:rsid w:val="00E14F28"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="5F290190"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{3782408E-981D-4E28-B87C-503F2E614A3D}"/>
+  <w15:docId w15:val="{98704AE5-1D48-4908-90C1-9F9CF4EAC0A6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3818,115 +3766,171 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00132EF4"/>
+    <w:rsid w:val="00E14F28"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:aliases w:val="2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E14F28"/>
+    <w:pPr>
+      <w:spacing w:after="200"/>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="lv-LV"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:aliases w:val="2 Char"/>
+    <w:link w:val="ListParagraph"/>
+    <w:uiPriority w:val="34"/>
+    <w:locked/>
+    <w:rsid w:val="00E14F28"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E14F28"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E14F28"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00132EF4"/>
+    <w:rsid w:val="00E14F28"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...4 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4185,69 +4189,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1653</Words>
-  <Characters>943</Characters>
+  <Words>1716</Words>
+  <Characters>979</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>8</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2591</CharactersWithSpaces>
+  <CharactersWithSpaces>2690</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vanda Skole</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>