--- v1 (2026-01-02)
+++ v2 (2026-03-10)
@@ -19,50 +19,52 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="0014257A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>PARAUGS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E14F28" w:rsidRPr="00E14F28" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -105,92 +107,172 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014257A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> telpas daļas nomu Krustpils ielā 10, Rīgā</w:t>
+        <w:t xml:space="preserve"> telp</w:t>
+      </w:r>
+      <w:r w:rsidR="00861B13">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nomu </w:t>
+      </w:r>
+      <w:r w:rsidR="00861B13">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ķengaraga</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ielā </w:t>
+      </w:r>
+      <w:r w:rsidR="00861B13">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>3 k-1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, Rīgā</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014257A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Telpas nodošanas – pieņemšanas akts</w:t>
+        <w:t>Telp</w:t>
+      </w:r>
+      <w:r w:rsidR="00861B13">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nodošanas – pieņemšanas akts</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
@@ -318,215 +400,431 @@
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Nodrošinājuma valsts aģentūras Nekustamo īpašumu pārvaldīšanas departamenta Rīgas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0014257A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>valstspilsētas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0014257A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> īpašumu pārvaldīšanas nodaļas Galvenais nekustamā īpašuma pārvaldnieks </w:t>
+        <w:t xml:space="preserve"> īpašumu pārvaldīšanas nodaļas </w:t>
+      </w:r>
+      <w:r w:rsidR="00320617">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">alvenais nekustamā īpašuma pārvaldnieks </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0014257A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Artjoms</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0014257A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0014257A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Jeļisejevs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0014257A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nodod un ________ pieņem 1</w:t>
+        <w:t xml:space="preserve"> nodod un ________ pieņem </w:t>
+      </w:r>
+      <w:r w:rsidR="00861B13">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00D67BEF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0014257A">
+      <w:r w:rsidR="00320617">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D67BEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tāva telpas </w:t>
+      </w:r>
+      <w:r w:rsidR="00D67BEF" w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ēkā </w:t>
+      </w:r>
+      <w:r w:rsidR="00861B13">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ķengaraga</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ielā </w:t>
+      </w:r>
+      <w:r w:rsidR="00861B13">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>3 k-1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Rīgā (būves kadastra apzīmējums </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>0100</w:t>
+      </w:r>
+      <w:r w:rsidR="00861B13">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 072 0176</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 00</w:t>
+      </w:r>
+      <w:r w:rsidR="00861B13">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar kopējo platību </w:t>
+      </w:r>
+      <w:r w:rsidR="00861B13">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>74</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m².</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Telpas sanitāri – tehniskais stāvoklis atbilst apsekošanas aktam, kas ir neatņemama nodošanas - pieņemšanas akta sastāvdaļa (pielikums). Parakstot aktu Puses apliecina, ka tām nav pretenziju par iepriekš minētās telpas sanitāri - tehnisko stāvokli.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00861B13" w:rsidRDefault="00861B13" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00861B13" w:rsidRDefault="00861B13" w:rsidP="001616DA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Elektroenerģijas skaitītās Nr._________ rādījums _______  ____________2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00861B13" w:rsidRDefault="00861B13" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00861B13" w:rsidRDefault="00861B13" w:rsidP="001616DA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aukstā ūdens skaitītāja Nr. __________ rādījums _________  __________2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00861B13" w:rsidRDefault="00861B13" w:rsidP="00E14F28">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00861B13" w:rsidRDefault="00861B13" w:rsidP="001616DA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Karstā ūdens skaitītāja Nr. __________</w:t>
+      </w:r>
+      <w:r w:rsidR="001616DA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D67BEF">
-[...42 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...33 lines deleted...]
-    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rādījums __________  _________2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00861B13" w:rsidRDefault="00861B13" w:rsidP="00E14F28">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0014257A">
-[...9 lines deleted...]
-    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
+    </w:p>
+    <w:p w:rsidR="00861B13" w:rsidRPr="0014257A" w:rsidRDefault="00861B13" w:rsidP="00E14F28">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="001616DA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014257A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Telpas nodošanas - pieņemšanas akts ir Līguma neatņemama sastāvdaļa.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00D67BEF" w:rsidP="00E14F28">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -963,170 +1261,71 @@
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
-        <w:tabs>
-[...96 lines deleted...]
-      <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5040" w:firstLine="489"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014257A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">PARAUGS </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014257A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                Pielikums</w:t>
       </w:r>
@@ -1224,158 +1423,200 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(TELPAS SANITĀRI – TEHNISKĀ STĀVOKĻA APRAKSTS)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014257A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Telpa Krustpils ielā 10, Rīga </w:t>
+        <w:t xml:space="preserve">Telpa </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB2BCF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ķengaraga</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ielā </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB2BCF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>3 k-1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Rīga </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="00E14F28">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014257A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(būves kadastra apzīmējums </w:t>
       </w:r>
       <w:r w:rsidRPr="0014257A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>0100</w:t>
       </w:r>
       <w:r w:rsidR="00D67BEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0014257A">
-[...5 lines deleted...]
-        <w:t>121</w:t>
+      <w:r w:rsidR="00BB2BCF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>072</w:t>
       </w:r>
       <w:r w:rsidR="00D67BEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0014257A">
-[...5 lines deleted...]
-        <w:t>2219</w:t>
+      <w:r w:rsidR="00BB2BCF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>0176</w:t>
       </w:r>
       <w:r w:rsidR="00D67BEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0014257A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>00</w:t>
       </w:r>
+      <w:r w:rsidR="00BB2BCF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">7) </w:t>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="0014257A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ar kopējo platību </w:t>
       </w:r>
-      <w:r w:rsidR="00097C7C">
+      <w:r w:rsidR="00BB2BCF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t>74</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D67BEF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> m²</w:t>
       </w:r>
       <w:r w:rsidRPr="0014257A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9468" w:type="dxa"/>
         <w:tblInd w:w="-106" w:type="dxa"/>
         <w:tblBorders>
@@ -2085,51 +2326,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidTr="002D7AA9">
+      <w:tr w:rsidR="00E14F28" w:rsidRPr="00861B13" w:rsidTr="002D7AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00E14F28" w:rsidRPr="0014257A" w:rsidRDefault="00E14F28" w:rsidP="002D7AA9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0014257A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
@@ -3146,163 +3387,163 @@
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E14F28" w:rsidRPr="00E14F28" w:rsidSect="00C2198F">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="first" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="397" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00000000" w:rsidRDefault="00097C7C">
+    <w:p w:rsidR="007965D5" w:rsidRDefault="00097C7C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00000000" w:rsidRDefault="00097C7C">
+    <w:p w:rsidR="007965D5" w:rsidRDefault="00097C7C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00B329D1" w:rsidRPr="00B329D1" w:rsidRDefault="00097C7C" w:rsidP="00B329D1">
+  <w:p w:rsidR="00B329D1" w:rsidRPr="00B329D1" w:rsidRDefault="0063128A" w:rsidP="00B329D1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00B329D1" w:rsidRPr="00B329D1" w:rsidRDefault="00097C7C" w:rsidP="00B329D1">
+  <w:p w:rsidR="00B329D1" w:rsidRPr="00B329D1" w:rsidRDefault="0063128A" w:rsidP="00B329D1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00000000" w:rsidRDefault="00097C7C">
+    <w:p w:rsidR="007965D5" w:rsidRDefault="00097C7C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00000000" w:rsidRDefault="00097C7C">
+    <w:p w:rsidR="007965D5" w:rsidRDefault="00097C7C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00B329D1" w:rsidRPr="00B329D1" w:rsidRDefault="00097C7C" w:rsidP="00576799">
+  <w:p w:rsidR="00B329D1" w:rsidRPr="00B329D1" w:rsidRDefault="0063128A" w:rsidP="00576799">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00576799" w:rsidRPr="00576799" w:rsidRDefault="00D67BEF" w:rsidP="00576799">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00576799">
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00576799">
       <w:rPr>
@@ -3313,101 +3554,109 @@
     <w:r w:rsidRPr="00576799">
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00576799">
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="125"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E14F28"/>
     <w:rsid w:val="00097C7C"/>
+    <w:rsid w:val="001616DA"/>
+    <w:rsid w:val="00320617"/>
+    <w:rsid w:val="0063128A"/>
+    <w:rsid w:val="007965D5"/>
     <w:rsid w:val="007D30F7"/>
+    <w:rsid w:val="00861B13"/>
+    <w:rsid w:val="00903435"/>
+    <w:rsid w:val="00BB2BCF"/>
+    <w:rsid w:val="00CF0599"/>
     <w:rsid w:val="00D67BEF"/>
     <w:rsid w:val="00E14F28"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5F290190"/>
+  <w14:docId w14:val="7D928120"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{98704AE5-1D48-4908-90C1-9F9CF4EAC0A6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -4189,69 +4438,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1716</Words>
-  <Characters>979</Characters>
+  <Words>1850</Words>
+  <Characters>1056</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2690</CharactersWithSpaces>
+  <CharactersWithSpaces>2901</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vanda Skole</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>