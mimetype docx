--- v0 (2025-10-15)
+++ v1 (2026-01-02)
@@ -1,12239 +1,5917 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="25E8C1AF" w14:textId="086CC130" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="006B581D" w:rsidP="009A11DD">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOMAS LĪGUMS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Nr.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk178069623"/>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...243 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>par nedzīvojamās telpas daļas nomu Krustpils ielā 10, Rīgā</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Rīgā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Līguma datums ir pēdējā pievienotā droša </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  elektroniskā paraksta laika zīmoga datums</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...128 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Nodrošinājuma valsts aģentūra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">reģistrācijas numurs </w:t>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reģistrācijas numurs 90009112024 (turpmāk – Iznomātājs), tās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>direktora pienākumu izpildītāja Gunta Ratnieka personā, kurš rīkojas saskaņā ar Ministru kabineta 2012. gada 11. decembra noteikumiem Nr.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">tās </w:t>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">839 “Nodrošinājuma valsts aģentūras nolikums” un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Iekšlietu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ministrijas 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> personā, kurš rīkojas uz </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gada 9.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>jūnija rīkojumu Nr.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>1-4/740/25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, no vienas puses, un</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="00226B3F" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
-        <w:jc w:val="both"/>
-[...66 lines deleted...]
-          <w:lang w:eastAsia="en-GB"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00226B3F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>_________________, reģistrācijas numurs ______________ (turpmāk – Nomnieks), tās _________ personā, kurš/a rīkojas uz ___________pamata,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">abi kopā un katrs atsevišķi saukti attiecīgi –  Puses/Puse, pamatojoties uz Iznomātāja </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025. gada </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0122F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00F60525">
-[...322 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:r w:rsidR="00A0122F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>novembra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lēmumu Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0122F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Par nenorobežotas telpas daļas </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73440">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nomu </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0122F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nekustamajā īpašumā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Krustpils ielā 10, Rīgā” un pastāvīgi darbojošās nomas tiesību izsoles komisijas </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2025. gada __._______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> protokolu, noslēdz šādu nomas līgumu, turpmāk – Līgums, par turpmāk minēto:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
         <w:ind w:firstLine="720"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="0029ABEC" w14:textId="3E95BC91" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="00101F19" w:rsidP="009A11DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="5B246382" w14:textId="64A60D3D" w:rsidR="00987901" w:rsidRPr="00987901" w:rsidRDefault="00987901" w:rsidP="0040589C">
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Līguma priekšmets un mērķis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Iznomātājs nodod, un Nomnieks pieņem lietošanā par maksu nekustamā īpašuma Krustpils ielā 10, Rīgā (nekustamā īpašuma kadastra numurs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>0100</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">nodod, un </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...49 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B581D" w:rsidRPr="006B581D">
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2219</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) (turpmāk – nekustamais īpašums), sastāvā esošās būves (būves kadastra apzīmējums </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>0100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>121</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2219</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00987901">
-[...51 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(turpmāk – ēka), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stāva </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nenorobežotas telpas daļu (turpmāk – Telpa) </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73440">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m²</w:t>
+      </w:r>
+      <w:r w:rsidR="0012613B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00016AD2">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">platībā </w:t>
+      </w:r>
+      <w:r w:rsidR="009A1598">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ēku kopējā platība 4260,90 m²) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un Telpai proporcionāli piesaistītu zemes gabalu </w:t>
+      </w:r>
+      <w:r w:rsidR="009A1598">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>11,18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B45AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B45AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">platībā (zemes vienības kadastra apzīmējums </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>0100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>121</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A73440">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>166</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1598">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, platība 23 </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="009A1598">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>807 m²</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>). Ēkas 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34570">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stāva </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B45AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...298 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>plāna kopija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir Līguma neatņemama sastāvdaļa (Līguma 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pielikums).</w:t>
       </w:r>
-      <w:r w:rsidRPr="00987901">
-[...8 lines deleted...]
-    <w:p w14:paraId="178B9358" w14:textId="03D2888A" w:rsidR="0027729E" w:rsidRDefault="00865176" w:rsidP="00987901">
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:jc w:val="both"/>
-[...162 lines deleted...]
-    <w:p w14:paraId="60A05AA1" w14:textId="28E8A22C" w:rsidR="009A11DD" w:rsidRPr="0027729E" w:rsidRDefault="00101F19" w:rsidP="00427AD2">
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Telpu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nomnieks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apņemas izmantot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>1 (viena) karsto dzērienu automāta</w:t>
+      </w:r>
+      <w:r w:rsidR="00A73440">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un 1 (viena) uzkodu un dzērienu automāta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izvietošanai un darbības nodrošināšanai. Citiem mērķiem Telpas izmantošana nav pieļaujama.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Puses apliecina, ka Līguma noslēgšanas brīdī Telpa </w:t>
       </w:r>
-      <w:r w:rsidR="0082665F" w:rsidRPr="00EC19F7">
-[...21 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Nomniekam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir ierādīta un zināma, un </w:t>
       </w:r>
-      <w:r w:rsidR="0082665F" w:rsidRPr="00EC19F7">
-[...69 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Nomnieks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to pieņem tādā stāvoklī, kādā tā ir Telpas nodošanas - pieņemšanas akta parakstīšanas brīdī. Telpas nodošanas - pieņemšanas aktu Puses paraksta 3 darba dienu laikā pēc Līguma parakstīšanas un tas kļūs par Līguma neatņemamu sastāvdaļu (Līguma 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027729E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pielikums).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C1AD28" w14:textId="77777777" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="009A11DD" w:rsidP="009A11DD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="5B1C82C3" w14:textId="4021509C" w:rsidR="009A11DD" w:rsidRPr="0027729E" w:rsidRDefault="00101F19" w:rsidP="0027729E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...23 lines deleted...]
-    <w:p w14:paraId="42719410" w14:textId="1EC649F9" w:rsidR="00B3286C" w:rsidRDefault="00B3286C" w:rsidP="00427AD2">
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Līguma darbības termiņš</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="786"/>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="-109" w:hanging="567"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lv-LV"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lv-LV"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Līgums stājas spēkā tā parakstīšanas dienā un tiek noslēgts uz </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73440">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lv-LV"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lv-LV"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A73440">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lv-LV"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>trīs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lv-LV"/>
-[...44 lines deleted...]
-    <w:p w14:paraId="2DA384C8" w14:textId="726DA55A" w:rsidR="009A11DD" w:rsidRDefault="00B3286C" w:rsidP="00427AD2">
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>) gadiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="786"/>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="-109" w:hanging="567"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lv-LV"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lv-LV"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Pusēm savstarpēji vienojoties, Līguma darbības termiņš var tikt pagarināts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lv-LV"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="7529CAEA" w14:textId="77777777" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="00101F19" w:rsidP="009A11DD">
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Maksājumi un norēķinu kārtība</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7082A055" w14:textId="77F44C7B" w:rsidR="00016B1E" w:rsidRPr="004D05C5" w:rsidRDefault="00101F19" w:rsidP="00496981">
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="786"/>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Nomas maksa mēnesī par Līguma 1.1. punktā minētās Telpas un Telpai piesaistītā zemes gabala lietošanu no Līguma spēkā stāšanās brīža tiek noteikta __</w:t>
+      </w:r>
+      <w:r w:rsidR="00D625C6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>EUR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (__________________) par</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00427AD2">
-[...27 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00A73440">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A73440">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>divi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>) m² bez pievienotās vērtības nodokļa (turpmāk – PVN), t. sk. maksa par proporcionāli piesaistītā zemesgabala daļu 2,33</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60036">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F60525" w:rsidRPr="00F60525">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D625C6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>EUR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0086721F">
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (divi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un 33 centi) bez PVN mēnesī (turpmāk – nomas maksa). Papildus nomas maksai Nomnieks maksā PVN, atbilstoši Pievienotās vērtības nodokļa likumā spēkā esošai nodokļa likmei. Nomas maksas izmaiņu gadījumā, izņemot Līguma 3.2. punktā noteikto, Puses slēdz attiecīgu rakstveida vienošanos. Nomnieks papildus nomas maksai maksā Iznomātājam nekustamā īpašuma nodokli un apdrošināšanas izmaksas proporcionāli iznomātai Telpas platībai par </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73440">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pret ēkas kopējo platību </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B45AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...149 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">70 m², tas ir, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73440">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2,86</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B45AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no rēķina summas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B45AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="004D05C5">
-[...220 lines deleted...]
-    <w:p w14:paraId="29289137" w14:textId="67259C0E" w:rsidR="009A11DD" w:rsidRPr="003C20E7" w:rsidRDefault="00807FE6" w:rsidP="009A11DD">
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-3544"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Iznomātājs ir tiesīgs, rakstiski nosūtot Nomniekam paziņojumu, vienpusēji mainīt nomas maksas apmēru bez grozījumu izdarīšanas Līgumā:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:right="-1" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ja Centrālās statistikas pārvaldes sniegtais patēriņa cenu indekss attiecībā pret pēdējo nomas maksas izmaiņas dienu pārsniedz 10 %. Nomas maksas paaugstinājumu nosaka, sākot ar otro nomas gadu atbilstoši Centrālās statistikas pārvaldes sniegtajiem patēriņa cenu indeksiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:right="-1" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ja saskaņā ar normatīvajiem aktiem tiek no jauna ieviesti vai palielināti nodokļi, nodevas. Minētajos gadījumos nomas maksas apmērs tiek mainīts, sākot ar dienu, kāda noteikta attiecīgajos normatīvajos aktos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="709"/>
+          <w:tab w:val="num" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:right="-1" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reizi gadā nākamajam nomas periodam, ja ir mainījušies Iznomātāja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Telpas plānotie pārvaldīšanas izdevumi; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:right="-1" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>3.2.4.  ja normatīvie akti paredz citu nomas maksas apmēru vai nomas maksas aprēķināšanas kārtību.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-1" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>3.3.   Maksa par patērēto elektroenerģiju, ūdeni, siltumapgādi, Telpas uzkopšanu un atkritumu izvešanu iekļauta nomas maksā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-1" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4.  Rēķinu par Līguma 3.1. punktā noteikto nomas maksu par kārtējo mēnesi Iznomātājs izraksta un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nomniekam līdz kārtējā mēneša pēdējai dienai,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bet </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>papildus nomas maksai noteiktos maksājumus pēc pakalpojuma sniedzēja atsūtītā rēķina saņemšanas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nomnieks saņemtos rēķinus apmaksā līdz rēķinā norādītajam termiņam, ieskaitot naudu Iznomātāja norādītajā norēķinu kontā. Rēķinu Iznomātājs </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> elektroniski no oficiālās elektroniskās adreses uz Nomnieka oficiālo elektronisko adresi un elektroniskā pasta adresi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226B3F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="00226B3F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t>___________</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00226B3F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-1" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>3.5.   Ja līdz kārtējā mēneša beigām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nomnieks nav saņēmis no Iznomātāja rēķinu par Telpas nomu, Nomniekam ir pienākums par to informēt Iznomātāju. Ja Nomnieks nav informējis Iznomātāju par to, ka nav saņēmis kārtējo rēķinu, uzskatāms, ka Nomnieks rēķinu ir saņēmis un Iznomātājs ir tiesīgs piemērot normatīvajos aktos un Līgumā noteiktās sankcijas par saistību izpildes nokavējumu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-1" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>3.6.  Visi Līgumā paredzētie maksājumi tiks uzskatīti par samaksātiem dienā, kad saņemti Iznomātāja norādītajā norēķinu kontā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-1" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.7.   Par Līgumā noteikto maksājumu kavējumu Iznomātājam ir tiesības prasīt un Nomniekam ir pienākums maksāt nokavējuma procentus 0,5 % (piecas desmitdaļas no procenta) apmērā no kopējās termiņā neapmaksātās summas par katru nokavēto dienu.  Nokavējuma procentu samaksa neatbrīvo Nomnieku no pārējo ar Līgumu uzņemto vai no tā izrietošo saistību izpildes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-1" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>3.8.  Gadījumā, ja Nomnieks ar nodomu, aiz neuzmanības vai aiz nolaidības nepilda vai nepienācīgi pilda Līgumā noteiktās saistības (izņemot maksājumu kavējumu), kā arī rada bojājumus Iznomātāja īpašumam, un pēc Iznomātāja rakstiska brīdinājuma turpina nepildīt Līgumā noteiktās saistības vai nenovērš pārkāpuma sekas, Nomnieks maksā Iznomātājam līgumsodu viena mēneša nomas maksas apmērā par katru gadījumu. Piemērojot šo Līguma punktu, Iznomātājs neatsakās no citām Līgumā vai normatīvajos aktos paredzētajām prasījuma tiesībām pret Nomnieku un zaudējumu atlīdzības.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="00EF0180" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF0180">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Iznomātāja tiesības un pienākumi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Iznomātāja pienākumi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="3697"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>netraucēt Nomniekam lietot Telpu, ja tā tiek ekspluatēta atbilstoši ekspluatācijas un Līguma noteikumiem, kā arī Līguma 1.2. punktā minētajam mērķim;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="3697"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nodrošināt Nomnieku ar visiem tiem komunālajiem un apsaimniekošanas pakalpojumiem, kuri nepieciešami Telpas lietošanai un kuru saņemšana ir vai būs atkarīga no Iznomātāja;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="3697"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>atjaunot Telpas sākotnējo stāvokli un novērst bojājumus, kas radušies Telpai sakarā ar ēkas konstrukciju vai inženiertehnisko tīklu avārijām ārpus Telpas, Iznomātāja vainas dēļ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="3697"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nodrošināt Nomniekam un tā darbiniekiem piekļūšanu Telpai un koplietošanas telpām, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>kuru izmantošana nepieciešama normālai Telpas lietošanai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="786"/>
+          <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:jc w:val="both"/>
-[...68 lines deleted...]
-    <w:p w14:paraId="1457AFEB" w14:textId="77777777" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="00101F19" w:rsidP="00F60525">
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Iznomātājs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir tiesīgs mainīt Līguma nosacījumus, rakstiski brīdinot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Nomnieku</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 (vienu) mēnesi iepriekš. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4.3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Iznomātājs nav atbildīgs par pārtraukumiem apgādē ar elektroenerģiju un ūdeni, ja šie pārtraukumi nav radušies Iznomātāja vainas dēļ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4.4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Iznomātājs nav atbildīgs par zaudējumiem, ko Nomnieka mantai nodarījušas trešās personas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4.5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Līguma pirmstermiņa izbeigšanās gadījumā Iznomātājam nav jāatlīdzina Nomniekam ar Līguma izbeigšanu saistītie zaudējumi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Nomnieka tiesības un pienākumi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Nomniekam ir tiesības izmantot visas koplietošanas telpas (gaiteņi, kāpņu telpas  un tml.), kuru izmantošana ir nepieciešama normālai Telpas lietošanai. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Nomniekam nav tiesību:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="3697"/>
-[...118 lines deleted...]
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="clear" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>iznomāt un jebkādā veidā nodot lietošanā Telpu trešajām personām;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5.2.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">pārbūvēt Telpu bez Iznomātāja rakstiskas atļaujas; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
-          <w:tab w:val="left" w:pos="1134"/>
-[...1214 lines deleted...]
-    <w:p w14:paraId="7B5BEC69" w14:textId="6E062C94" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="00352DE5" w:rsidP="009A11DD">
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5.2.3.   pirms Līguma termiņa beigām patvaļīgi atstāt Telpu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5.2.4.   izmantot Telpu neatbilstoši Līguma 1.2. punktā noteiktajam mērķim.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...354 lines deleted...]
-          <w:tab w:val="clear" w:pos="3697"/>
+        <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
-          <w:tab w:val="left" w:pos="993"/>
-[...624 lines deleted...]
-    <w:p w14:paraId="0C17F727" w14:textId="3D89ECD5" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="00101F19" w:rsidP="007E2278">
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Nomnieka pienākumi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
-          <w:tab w:val="left" w:pos="709"/>
-[...71 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>visu Telpas izmantošanas laiku uzturēt tajā esošos inženiertehniskos tīklus un iekārtas pilnīgā kārtībā atbilstoši Latvijas Republikas normatīvo aktu prasībām un ekspluatācijas noteikumiem. Nepieļaut Telpas tehniskā un vispārējā stāvokļa pasliktināšanos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+          <w:tab w:val="num" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>savlaicīgi maksāt nomas maksu par Telpas lietošanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+          <w:tab w:val="num" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ievērot vispārējos Telpas ekspluatācijas noteikumus, sanitārās, darba aizsardzības un ugunsdrošības prasības;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+          <w:tab w:val="num" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ja Nomnieka vainas dēļ Telpā izceļas ugunsgrēks, apkures, ūdensvadu vai elektrosistēmu bojājumi, vai nodarīts kaitējums koplietošanas telpām, Nomnieks apņemas to sekas likvidēt par saviem vai apdrošinātāja līdzekļiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+          <w:tab w:val="num" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nepieciešamības gadījumā par saviem līdzekļiem veikt Telpas labiekārtošanu, kārtējos un citus remontus, atbilstoši nomas mērķim, saskaņojot to apjomu un termiņus ar Iznomātāju vienu mēnesi pirms darbu uzsākšanas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+          <w:tab w:val="num" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>segt Iznomātājam tiešos zaudējumus, kuri radušies Nomnieka vainas dēļ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nomniekam aizliegts glabāt Telpā priekšmetus un vielas, kas ir ugunsnedrošas, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>sprādzienbīstamas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un piesārņo dabu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Nomnieks apmaksā Iznomātāja izdevumus par Nomnieka darbības vai bezdarbības rezultātā Iznomātāja īpašumam nodarīto bojājumu un defektu novēršanu, kas tiks konstatēti nododot Telpu Iznomātājam pēc Līguma izbeigšanās.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3709"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BD0085">
-[...188 lines deleted...]
-    <w:p w14:paraId="6D6B6ADE" w14:textId="5808279B" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="00512726" w:rsidP="009A11DD">
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Nepārvarama vara</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
-[...450 lines deleted...]
-    <w:p w14:paraId="62D9A5B5" w14:textId="7C85D1BA" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="00512726" w:rsidP="009A11DD">
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Puses tiek atbrīvotas no atbildības par Līguma pilnīgu vai daļēju neizpildi, ja šāda neizpilde radusies nepārvaramas varas vai ārkārtēja rakstura apstākļu rezultātā, kuru darbība sākusies pēc Līguma noslēgšanas un kuru nevar iepriekš ne paredzēt, ne novērst. Pie nepārvaramas varas vai ārkārtēja rakstura apstākļiem pieskaitāmi: stihiskas nelaimes, avārijas, katastrofas, epidēmijas un kara darbība, streiki, iekšējie nemieri, blokādes, kas būtiski ierobežo un aizskar Pušu tiesības un ietekmē uzņemtās saistības, pieņemšana un stāšanās spēkā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...35 lines deleted...]
-    <w:p w14:paraId="52B6EF9D" w14:textId="34CBB4A6" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="00512726" w:rsidP="009A11DD">
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Pusei, kas atsaucas uz nepārvaramas varas vai ārkārtas apstākļu darbību, nekavējoties par šādiem apstākļiem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jāziņo otrai Pusei. Ziņojumā jānorāda, kādā termiņā pēc Puses uzskata ir iespējama un paredzama Līgumā paredzēto saistību izpilde, un pēc pieprasījuma, šādam ziņojumam ir jāpievieno izziņa, kuru izsniegusi kompetenta institūcija un kura satur ārkārtējo apstākļu darbības apstiprinājumu un to raksturojumu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Ja nepārvaramas varas apstākļi pastāv ilgāk kā 3 (trīs) mēnešus, Līguma darbība tiek </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>izbeigta, un Puses veic savstarpēju norēķinu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540"/>
-        <w:jc w:val="both"/>
-[...191 lines deleted...]
-    <w:p w14:paraId="2E7AACE5" w14:textId="77777777" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="00101F19" w:rsidP="009A11DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="33478E28" w14:textId="77777777" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="00101F19" w:rsidP="009A11DD">
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Līguma izbeigšana un Telpas atbrīvošana</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
-        <w:jc w:val="both"/>
-[...23 lines deleted...]
-    <w:p w14:paraId="5B255A83" w14:textId="3501C01B" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="008A2049" w:rsidP="009A11DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Pusēm rakstiski vienojoties, Līgums var tikt izbeigts pirms Līgumā noteiktā termiņa beigām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Iznomātājs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, rakstiski informējot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Nomnieku</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ne mazāk kā 30 (trīsdesmit) dienas iepriekš, vienpusēji var atkāpties no Līguma, neatlīdzinot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Nomniekam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zaudējumus, kas saistīti ar Līguma pirmstermiņa izbeigšanu, kā arī </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Nomnieka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veiktos izdevumus nomas objektam, ja:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1288"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="293" w:lineRule="atLeast"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Nomnieka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbības dēļ tiek bojātas Telpas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1288"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="540" w:hanging="540"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="430E4674" w14:textId="77777777" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="00101F19" w:rsidP="009A11DD">
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nomniekam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir bijuši vismaz trīs maksājumu kavējumi, kas kopā pārsniedz divu maksājumu periodu, ja Līgumā noteikts viena mēneša nomas maksas aprēķina periods;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1288"/>
+          <w:tab w:val="num" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Telpa tiek izmantota </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">neatbilstoši </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Līguma 1.2. punktā noteiktajam mērķim;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1288"/>
+          <w:tab w:val="num" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Telpa tiek pārbūvēta bez </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Iznomātāja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rakstiskas atļaujas vai bojāta, un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Nomnieks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to nav novērsis 30 (trīsdesmit) dienu laikā pēc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Iznomātāja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rakstiskas pretenzijas saņemšanas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1288"/>
+          <w:tab w:val="num" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Telpa tiek iznomāta, nodota apakšnomā vai kā citādi nodota lietošanā trešajām personām, vai nomas tiesības tiek ieķīlātas vai kā citādi izmantotas darījumos ar trešajām personām;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1288"/>
+          <w:tab w:val="num" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Nomnieks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nepiekrīt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Iznomātāja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piedāvātajām Telpas lietošanas nomas maksas izmaiņām atbilstoši Līguma 3.2. punktam;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1288"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Līguma neizpildīšana ir ļaunprātīga un dod </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Iznomātājam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pamatu uzskatīt, ka viņš nevar paļauties uz saistību izpildīšanu nākotnē;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1288"/>
+          <w:tab w:val="num" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Nomnieks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārkāpj Līguma nosacījumus.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Iznomātājam ir tiesības, rakstiski informējot Nomnieku trīs mēnešus iepriekš, vienpusēji atkāpties no Līguma, neatlīdzinot Nomnieka zaudējumus, kas saistīti ar Līguma pirmstermiņa izbeigšanu, ja Telpa nepieciešama sabiedrības vajadzību nodrošināšanai vai normatīvajos aktos noteikto publisko funkciju veikšanai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Nomniekam ir tiesības atkāpties no Līguma pirms termiņa beigām, rakstiski brīdinot Iznomātāju 1 (vienu) mēnesi pirms Līguma izbeigšanas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="540" w:hanging="540"/>
-[...25 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ja Līgums tiek izbeigts, tajā skaitā vienpusēji, tad Iznomātājam nav jāatlīdzina Nomniekam ar Līguma izbeigšanu saistītie zaudējumi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Izbeidzot Līgumu, Nomniekam jāatbrīvo Telpa un pēdējā Telpas lietošanas dienā jānodod tā Iznomātājam, parakstot Telpas nodošanas - pieņemšanas aktu. Nomnieks nodod Telpu Iznomātājam ne sliktākā stāvoklī, kādā tā bija Līguma slēgšanas brīdī, ņemot vērā Nomnieka veikto ar Iznomātāju saskaņoto Telpas pārbūvi un Telpas saprātīgu nolietojuma pakāpi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Pēc Līguma izbeigšanas Nomnieks nodod bez atlīdzības Iznomātājam Nomnieka izdarītos neatdalāmos uzlabojumus, pārbūves un ietaises, kurām jābūt lietošanas kārtībā, izņemot gadījumus, ja starp Pusēm pirms ieguldījumu izdarīšanas ir noslēgta papildus vienošanās par ieguldījumu atlīdzināšanas kārtību. Tiek nodotas lietas un aprīkojums, kas nodrošina Telpas normālu lietošanu, kā arī priekšmeti, kuri nav atdalāmi nesabojājot tos un virsmas, pie kurām tie piestiprināti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ja pēc Līguma izbeigšanas Telpa netiek savlaicīgi atbrīvota un nodota Iznomātājam, Nomniekam jāveic samaksa par Telpas faktisko lietošanu un jāmaksā līgumsods 1% apmērā no mēneša maksājumu summas par katru nokavēto dienu līdz Telpas atbrīvošanai un nodošanai Iznomātājam, kā arī jāsedz Iznomātājam visi zaudējumi, kādi Iznomātājam nodarīti sakarā ar Telpas savlaicīgu neatbrīvošanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.9.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Nomnieks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nepiekrīt pārskatītajam nomas maksas apmēram, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Nomniekam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir tiesības vienpusēji atkāpties no Līguma, par to rakstiski informējot Iznomātāju vienu mēnesi iepriekš. Līdz Līguma izbeigšanai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Nomnieks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maksā nomas maksu atbilstoši pārskatītajam nomas maksas apmēram.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="540"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Fizisko personu datu aizsardzība</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Pusēm ir tiesības apstrādāt no otras Puses iegūtos fizisko personu datus, kā arī Līguma izpildes laikā iegūtos fizisko personu datus, tikai ar mērķi nodrošināt Līgumā noteikto saistību izpildi, ievērojot normatīvajos aktos noteiktās prasības šādu datu apstrādei un aizsardzībai. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Puses apņemas nenodot tālāk trešajām personām no otras Puses iegūtos fizisko personu datus, izņemot gadījumus, kad Līgumā ir noteikts citādāk vai normatīvie akti paredz šādu datu nodošanu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja, saskaņā ar normatīvajiem aktiem, Pusēm var rasties pienākums nodot tālāk trešajām personām no otras Puses iegūtos fizisko personu datus, Puse pirms šādu datu nodošanas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informē par to otru Pusi, ja vien normatīvie akti to neaizliedz. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Apstrādājot datus, Pusēm nav tiesību nodot datus ārpus Eiropas Savienības un Eiropas Ekonomiskās zonas robežām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Katra Puse var pieprasīt, lai otrā Puse papildina vai izlabo datus, vai pārtrauc attiecīgās Puses nodoto datu apstrādi vai iznīcina tos, ja nodotie dati ir nepilnīgi, novecojuši, nepatiesi, pretlikumīgi apstrādāti vai to apstrāde vairs nav nepieciešama Līguma mērķiem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Puses apņemas pēc otras Puses rakstveida pieprasījuma iznīcināt no otras Puses iegūtos fizisko personu datus, ja izbeidzas nepieciešamība tos apstrādāt Līguma izpildes nodrošināšanai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Puses apliecina, ka Līgumā norādītā informācija par Puses pilnvaroto personu datu iesniegšanu otrai Pusei ir saskaņota ar attiecīgajām Puses pilnvarotajām personām un tās ir informētas par viņu personas datu iekļaušanu Līgumā, nodošanu otrai Pusei, ievadīšanu un apstrādi Pušu datu bāzēs, lai izmantotu Līgumā minēto mērķu sasniegšanai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="202CB27A" w14:textId="77777777" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="00101F19" w:rsidP="009A11DD">
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Citi noteikumi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Parakstītais Līgums pilnībā apliecina Pušu vienošanos. Nekādi mutiski papildinājumi netiks uzskatīti par Līguma noteikumiem. Jebkuras izmaiņas Līguma noteikumos stājas juridiskā spēkā tikai tad, kad tās tiek noformētas rakstiski un tās paraksta abas Puses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Iznomātāja atbildīgā persona Līguma darbības laikā: Nodrošinājuma valsts aģentūras Nekustamo īpašumu pārvaldīšanas departamenta Rīgas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>valstspilsētas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> īpašumu pārvaldīšanas nodaļas Galvenais pārvaldnieks Artjoms Jeļisejevs, tālruņa numurs 25623311, elektroniskā pasta adrese: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="0014257A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+          </w:rPr>
+          <w:t>artjoms.jelisejevs@agentura.iem.gov.lv</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:tabs>
-[...28 lines deleted...]
-    <w:p w14:paraId="6DC7A4BF" w14:textId="2D615263" w:rsidR="0027729E" w:rsidRDefault="00101F19" w:rsidP="0027729E">
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nomnieka atbildīgā persona Līguma darbības laikā: _________, tālruņa numurs ___________, elektroniskā pasta adrese: ________________ . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:tabs>
-          <w:tab w:val="num" w:pos="540"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Atbildīgās personas, veicot savstarpējo saziņu, izmanto Līguma 9.2. un 9.3. punktā minētos rekvizītus. Iznomātāja atbildīgajai personai nav tiesību veikt labojumus vai izdarīt grozījumus šajā Līgumā vai tā pielikumos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atbildīgās personas ir tiesīgas: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:jc w:val="both"/>
-[...161 lines deleted...]
-    <w:p w14:paraId="1F081698" w14:textId="14B1B200" w:rsidR="0027729E" w:rsidRPr="0027729E" w:rsidRDefault="00E61D55" w:rsidP="00A861C5">
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>parakstīt Telpas nodošanas - pieņemšanas aktu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="1288"/>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="293" w:lineRule="atLeast"/>
-[...37 lines deleted...]
-    <w:p w14:paraId="14578B94" w14:textId="05DE0353" w:rsidR="0027729E" w:rsidRPr="0027729E" w:rsidRDefault="00B446D5" w:rsidP="00A861C5">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>sagatavot un parakstīt defektu aktus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="1288"/>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567" w:firstLine="0"/>
-[...72 lines deleted...]
-    <w:p w14:paraId="7D9275BE" w14:textId="767B9B47" w:rsidR="0027729E" w:rsidRDefault="00101F19" w:rsidP="00A861C5">
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>kontrolēt nekustamā īpašuma un iekārtu tehnisko stāvokli;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="1288"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567" w:firstLine="0"/>
-[...496 lines deleted...]
-    <w:p w14:paraId="4BB76233" w14:textId="6C4BF27E" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="008A2049" w:rsidP="009A11DD">
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>savlaicīgi un nekavējoties informēt par tehniskajām problēmām, ārkārtas situācijām, risināt citus, ar Telpas lietošanu un uzturēšanu saistītus jautājumus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="540"/>
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:tab w:val="left" w:pos="-16200"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:jc w:val="both"/>
-[...93 lines deleted...]
-    <w:p w14:paraId="553F2BB2" w14:textId="32AA5C99" w:rsidR="009A11DD" w:rsidRDefault="00101F19" w:rsidP="009A11DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mainot savu nosaukumu, adresi vai citus rekvizītus vai atbildīgo pārstāvi, Puse 7 (septiņu) darbdienu laikā rakstiski paziņo otrai Pusei par izmaiņām. Šādas izmaiņas no to saņemšanas brīža ir saistošas informācijas saņēmējam bez atsevišķu grozījumu veikšanas Līgumā, ja vien Līgums nenosaka citādu kārtību. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:jc w:val="both"/>
-[...120 lines deleted...]
-    <w:p w14:paraId="737C3E74" w14:textId="4E90EF2D" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="00101F19" w:rsidP="009A11DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Savstarpējās Pušu attiecības, kas netiek paredzētas Līgumā, ir regulējamas saskaņā ar Latvijas Republikas normatīvajiem aktiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:jc w:val="both"/>
-[...267 lines deleted...]
-    <w:p w14:paraId="0074CC79" w14:textId="29346319" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="00101F19" w:rsidP="009A11DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Visi strīdi, kuri var rasties Līguma darbības laikā, vispirms tiek risināti Pušu savstarpējās sarunās. Ja Puses nevar panākt vienošanos, strīdus izskata tiesā Latvijas Republikas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>normatīvajos aktos noteiktajā kārtībā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:jc w:val="both"/>
-[...62 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Līgums ir sagatavots un parakstīts elektroniski ar drošu elektronisko parakstu, kas satur laika zīmogu. Līguma parakstīšanas datums ir pēdējā parakstītāja pievienotā laika zīmoga datums un laiks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pielikumi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.10.1. 1. pielikums - </w:t>
+      </w:r>
+      <w:r w:rsidR="00481ADB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>kas 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00481ADB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stāv</w:t>
+      </w:r>
+      <w:r w:rsidR="00481ADB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plāna kopija;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>9.10.2. 2. pielikums - Telpas nodošanas - pieņemšanas akts ar pielikumu (paraugs).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B446D5" w:rsidRPr="00EC19F7">
-[...463 lines deleted...]
-    <w:p w14:paraId="638DFDA9" w14:textId="50C9C35D" w:rsidR="003C20E7" w:rsidRPr="003C20E7" w:rsidRDefault="0056194F" w:rsidP="003C20E7">
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pušu juridiskās adreses, rekvizīti un paraksti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2669 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9648" w:type="dxa"/>
         <w:tblInd w:w="-106" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4750"/>
         <w:gridCol w:w="4898"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A44EB6" w14:paraId="3D0AA0B6" w14:textId="77777777" w:rsidTr="005A0121">
+      <w:tr w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidTr="002D7AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4750" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A227081" w14:textId="23AA5EAC" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="00101F19" w:rsidP="008C35CB">
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC19F7">
+            <w:r w:rsidRPr="0014257A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>I</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">:                                                  </w:t>
+              <w:t xml:space="preserve">Iznomātājs:                                                  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4898" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3642D5A3" w14:textId="5DBE907B" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="00101F19" w:rsidP="00B446D5">
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC19F7">
+            <w:r w:rsidRPr="0014257A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>N</w:t>
-[...9 lines deleted...]
-              <w:t>omnieks:</w:t>
+              <w:t>Nomnieks:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44EB6" w14:paraId="1BE5D76A" w14:textId="77777777" w:rsidTr="005A0121">
+      <w:tr w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidTr="002D7AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4750" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08F90E69" w14:textId="2440D197" w:rsidR="00592491" w:rsidRDefault="00101F19" w:rsidP="005A0121">
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC19F7">
+            <w:r w:rsidRPr="0014257A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Nodrošinājuma valsts aģentūra</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12C24C96" w14:textId="28B75F1B" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="00592491" w:rsidP="005A0121">
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="0014257A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>R</w:t>
+              <w:t>Reģ</w:t>
             </w:r>
-            <w:r w:rsidR="00101F19" w:rsidRPr="00EC19F7">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0014257A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>eģ</w:t>
+              <w:t>. Nr. 90009112024</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00894B0E">
+          </w:p>
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00101F19" w:rsidRPr="00EC19F7">
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Čiekurkalna 1. līnija 1 k-2, Rīgā, LV-1026</w:t>
             </w:r>
-            <w:r w:rsidR="00894B0E">
+          </w:p>
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Nr.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00101F19" w:rsidRPr="00EC19F7">
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...41 lines deleted...]
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Norēķini: Valsts kase</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44023522" w14:textId="77777777" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="00101F19" w:rsidP="005A0121">
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC19F7">
+            <w:r w:rsidRPr="0014257A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Kods: TRELLV22</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23BD427A" w14:textId="2B6E6924" w:rsidR="009A11DD" w:rsidRDefault="00101F19" w:rsidP="005A0121">
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC19F7">
+            <w:r w:rsidRPr="0014257A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Konts: LV28TREL2140651016000</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EAC1617" w14:textId="46B09A2D" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="0083017C" w:rsidP="005A0121">
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0014257A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>E-adrese: _default@</w:t>
+              <w:t>E-adrese: _default@90009112024</w:t>
             </w:r>
-            <w:r w:rsidRPr="0083017C">
+          </w:p>
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...12 lines deleted...]
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4D767ADB" w14:textId="77777777" w:rsidR="001A7E5F" w:rsidRPr="00EC19F7" w:rsidRDefault="001A7E5F" w:rsidP="005A0121">
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="77106CEB" w14:textId="32CD4AC6" w:rsidR="009A11DD" w:rsidRDefault="00101F19" w:rsidP="005A0121">
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC19F7">
+            <w:r w:rsidRPr="0014257A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Direktore</w:t>
+              <w:t>Direktora p.</w:t>
             </w:r>
-            <w:r w:rsidR="00944917">
+            <w:r w:rsidR="009F3F53">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00944917" w:rsidRPr="00944917">
+            <w:r w:rsidRPr="0014257A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">i. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>(*</w:t>
+              <w:t>(*paraksts)</w:t>
             </w:r>
-            <w:r w:rsidR="00894B0E">
+            <w:r w:rsidRPr="0014257A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:i/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>p</w:t>
+              <w:t xml:space="preserve"> G. Ratnieks</w:t>
             </w:r>
-            <w:r w:rsidR="00944917" w:rsidRPr="00944917">
+          </w:p>
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:i/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...30 lines deleted...]
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4C2F6FFA" w14:textId="1DAA9C25" w:rsidR="009A11DD" w:rsidRPr="00EC19F7" w:rsidRDefault="00101F19" w:rsidP="009F5310">
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC19F7">
+            <w:r w:rsidRPr="0014257A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4898" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C849117" w14:textId="238DB682" w:rsidR="00BB4234" w:rsidRDefault="00BB4234" w:rsidP="00BE2620">
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>__________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Reģ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>. Nr.___________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>__________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Norēķini: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kods: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Konts: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00B542E0" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>__________</w:t>
+              <w:t>____________</w:t>
             </w:r>
-            <w:r w:rsidR="00894B0E">
+            <w:r w:rsidR="00226B3F" w:rsidRPr="0014257A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...40 lines deleted...]
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00894B0E">
+            <w:r w:rsidR="00226B3F" w:rsidRPr="0014257A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Nr</w:t>
+              <w:t>(*paraksts)</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BE2620">
+            <w:r w:rsidR="00226B3F" w:rsidRPr="0014257A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ________</w:t>
+            </w:r>
+            <w:r w:rsidR="00226B3F" w:rsidRPr="0014257A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00BB4234">
+          </w:p>
+          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...270 lines deleted...]
-                <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5AE10BE5" w14:textId="77777777" w:rsidR="00894B0E" w:rsidRDefault="00894B0E" w:rsidP="00793A85">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>*DOKUMENTS IR PARAKSTĪTS AR DROŠU ELEKTRONISKO PARAKSTU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014257A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> UN SATUR LAIKA ZĪMOGU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3395BD34" w14:textId="77777777" w:rsidR="00793A85" w:rsidRDefault="00793A85" w:rsidP="00793A85">
-[...161 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId10"/>
+    <w:p w:rsidR="00226B3F" w:rsidRPr="00226B3F" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00226B3F" w:rsidRPr="00226B3F" w:rsidSect="00226B3F">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...23 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...143 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="1">
-    <w:nsid w:val="00000003"/>
-[...4 lines deleted...]
-      <w:start w:val="3"/>
+    <w:nsid w:val="1BAF320A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FE4C5670"/>
+    <w:lvl w:ilvl="0" w:tplc="02920034">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
-[...1 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="900"/>
+        </w:tabs>
+        <w:ind w:left="900" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3A424CFA">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6F0CA7C2">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="38F46EB8">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F69445FE">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="70889EF0">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="DB7CA6E0">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4C42F008">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EFB0D0F4">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="1">
+    <w:nsid w:val="287C4AEE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9A726C7E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="8"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1080"/>
-[...1 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
-[...1 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1800"/>
-[...1 lines deleted...]
-        <w:ind w:left="1800" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
-[...1 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2520"/>
-[...1 lines deleted...]
-        <w:ind w:left="2520" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2880"/>
-[...1 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3240"/>
-[...1 lines deleted...]
-        <w:ind w:left="3240" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3600"/>
-[...1 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="000208AA"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2BD53746"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D1902536"/>
+    <w:tmpl w:val="37503EF2"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="7"/>
+      <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="3"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="720"/>
+        <w:ind w:left="1571" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
@@ -12268,1129 +5946,390 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0ED07CE4"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="1">
+    <w:nsid w:val="364C46EF"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1700D3EC"/>
+    <w:tmpl w:val="01AA3DDE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="540"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1260"/>
+        </w:tabs>
+        <w:ind w:left="1260" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1980"/>
+        </w:tabs>
+        <w:ind w:left="1980" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2700"/>
+        </w:tabs>
+        <w:ind w:left="2700" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="1800"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="1">
+    <w:nsid w:val="4D1D1393"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="31027836"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="786"/>
+        </w:tabs>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3697"/>
+        </w:tabs>
+        <w:ind w:left="3697" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="1">
+    <w:nsid w:val="557E1CAF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4E684160"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="675" w:hanging="675"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="720"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
-      <w:start w:val="3"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="1080"/>
+        <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="1800"/>
+        <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="1800"/>
+        <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="1">
-[...964 lines deleted...]
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="1">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="1">
     <w:nsid w:val="5CC53ACD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9ED600D8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13463,51 +6402,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="1">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="1">
     <w:nsid w:val="5F870AE7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D5CA1E14"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="540"/>
@@ -13576,828 +6515,281 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2700"/>
         </w:tabs>
         <w:ind w:left="2700" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="1">
-[...224 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="14"/>
-[...29 lines deleted...]
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="7"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="5"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="5"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="3"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="6"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="6"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="7"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="3"/>
-[...73 lines deleted...]
-  <w:num w:numId="15">
     <w:abstractNumId w:val="2"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="133"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009A11DD"/>
-[...216 lines deleted...]
-    <w:rsid w:val="00FF7C22"/>
+    <w:rsidRoot w:val="00226B3F"/>
+    <w:rsid w:val="0012613B"/>
+    <w:rsid w:val="00172D02"/>
+    <w:rsid w:val="00226B3F"/>
+    <w:rsid w:val="003B4487"/>
+    <w:rsid w:val="00481ADB"/>
+    <w:rsid w:val="006A531E"/>
+    <w:rsid w:val="009304B0"/>
+    <w:rsid w:val="009A1598"/>
+    <w:rsid w:val="009F3F53"/>
+    <w:rsid w:val="00A0122F"/>
+    <w:rsid w:val="00A548F0"/>
+    <w:rsid w:val="00A73440"/>
+    <w:rsid w:val="00B542E0"/>
+    <w:rsid w:val="00D625C6"/>
+    <w:rsid w:val="00E34570"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7770DBF2"/>
+  <w14:docId w14:val="0AE46AA9"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{FB0EF0A0-BD1A-4ED8-91CE-7C28F9793015}"/>
+  <w15:docId w15:val="{7F9CF110-D6E9-4BF6-8268-592EB84A1BE8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14529,51 +6921,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -14754,491 +7146,284 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00793A85"/>
+    <w:rsid w:val="00226B3F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
+    <w:aliases w:val="2"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="009A11DD"/>
+    <w:rsid w:val="00226B3F"/>
     <w:pPr>
+      <w:spacing w:after="200"/>
       <w:ind w:left="720"/>
-      <w:contextualSpacing/>
     </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="lv-LV"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...61 lines deleted...]
-    <w:rsid w:val="009A0D68"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:aliases w:val="2 Char"/>
+    <w:link w:val="ListParagraph"/>
+    <w:uiPriority w:val="34"/>
+    <w:locked/>
+    <w:rsid w:val="00226B3F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005A648D"/>
+    <w:rsid w:val="00226B3F"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
-    </w:rPr>
-[...133 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:divs>
-[...65 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:artjoms.jelisejevs@agentura.iem.gov.lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:12eat@12eat.lv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -15345,87 +7530,74 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>11709</Words>
-  <Characters>6675</Characters>
+  <Words>11633</Words>
+  <Characters>6631</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>55</Lines>
   <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18348</CharactersWithSpaces>
+  <CharactersWithSpaces>18228</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Vanda Skole</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>