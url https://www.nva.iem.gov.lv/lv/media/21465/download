--- v1 (2026-01-02)
+++ v2 (2026-03-10)
@@ -1,5920 +1,7085 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
-[...2 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="0FF534AE" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="4CF2A18C" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="00BC266A" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lv-LV"/>
-[...20 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lv-LV"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="004E70A8" w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lv-LV"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+        </w:rPr>
+        <w:t xml:space="preserve">īgums </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="132C4364" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>par nedzīvojamo telpu nomu Ķengaraga ielā 3 k-1, Rīgā</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24220A67" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IZNOMĀTĀJA līguma Nr._____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F5D84D" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NOMNIEKA līguma Nr. ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A77D55F" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0241575C" w14:textId="77777777" w:rsidR="00EE7ABE" w:rsidRDefault="00EE7ABE" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FC12097" w14:textId="77777777" w:rsidR="00BE2E19" w:rsidRPr="004E70A8" w:rsidRDefault="00BE2E19" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F0C153A" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-109"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rīgā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">             2026.gada __._______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D9730C8" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C3732E9" w14:textId="77777777" w:rsidR="00BE2E19" w:rsidRPr="004E70A8" w:rsidRDefault="00BE2E19" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CA8EEB4" w14:textId="340F0382" w:rsidR="004E70A8" w:rsidRPr="00654B22" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nodrošinājuma valsts aģentūra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, reģistrācijas numurs 90009112024 (turpmāk – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IZNOMĀTĀJS), tās direktora </w:t>
+      </w:r>
+      <w:r w:rsidR="00D277B1" w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pienākumu izpildītāja Gunta Ratnieka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personā, kurš rīkojas saskaņā ar Ministru kabineta 2012.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE37A0" w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gada 11.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE37A0" w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>decembra noteikumiem Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE37A0" w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>839 “Nodrošinājuma valsts aģentūras nolikums”</w:t>
+      </w:r>
+      <w:r w:rsidR="00654B22" w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00654B22" w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Iekšlietu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00654B22" w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ministrijas 2025. gada 9. jūnija rīkojumu Nr. 1-4/740/25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, no vienas puses, un</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77DA7C54" w14:textId="35948CCA" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reģistrācijas numurs  (turpmāk – NOMNIEKS), tās </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personā, kura rīkojas uz statūtu pamata, no otras puses, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E095FC" w14:textId="6F164995" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>turpmāk abi kopā un katrs atsevišķi saukti – Puses/Puse, pamatojoties uz Ministru kabineta 2018.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE37A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gada 20.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE37A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>februāra noteikumu Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE37A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>97 “Publiskas personas mantas iznomāšanas noteikumi” 6.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE37A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apakšpunktu un IZNOMĀTĀJA 2025.gada 8.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE37A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>decembra lēmumu Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE37A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2.8-07/34 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7355F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Par telpu iznomāšanu ēdināšanas pakalpojumu sniegšanai Ķengaraga ielā 3 k-1, Rīgā”</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7355F" w:rsidRPr="00D7355F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un pastāvīgi darbojošās nomas tiesību izsoles komisijas 2026. gada __._______ protokolu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7355F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, izsakot savu brīvi radušos gribu, bez viltus, maldības un spaidiem, noslēdz šādu nomas līgumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (turpmāk – Līgums):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29E69494" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-109" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33F1509E" w14:textId="7BAC21EC" w:rsidR="00BE2E19" w:rsidRPr="00654B22" w:rsidRDefault="004E70A8" w:rsidP="00BE2E19">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Līguma priekšmets</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BAE7A64" w14:textId="2B918A53" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IZNOMĀTĀJS nodod un NOMNIEKS pieņem lietošanā par maksu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nekustamā īpašuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Ķengaraga ielā 3 k-1, Rīgā (būves kadastra apzīmējums 0100 072 0176 002) 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE37A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>stāva nedzīvojamās telpas no Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE37A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>1 līdz Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE37A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>6 ar kopējo platību 74 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kas ir 4,43% no ēkas kopējās platības (1670,1 m²) (turpmāk – Telpas), un Telpām </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">proporcionāli piesaistītu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zemesgabala daļu 171,68 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> platībā (turpmāk – zemesgabals) (zemes vienības kadastra apzīmējums 0100 072 0176). Telpu plāns Līguma 1. pielikumā. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F9A229E" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Telpas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>NOMNIEKS apņemas izmantot sabiedriskās ēdināšanas pakalpojuma sniegšanai ar ierobežotu publisku pieejamību. Telpu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>izmantošana citiem mērķiem pieļaujama tikai ar IZNOMĀTĀJA iepriekšēju rakstveida piekrišanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="572F14DD" w14:textId="1B228EF5" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Puses apliecina, ka Līguma noslēgšanas brīdī Telpas NOMNIEKAM ir ierādītas un zināmas, un NOMNIEKS tā pieņem tādā stāvoklī, kā tas fiksēts Telpu nodošanas un pieņemšanas akta (</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE37A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Līguma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE37A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pielikums) parakstīšanas brīdī. Telpu nodošanas – pieņemšanas aktu Puses paraksta 5 (piecu) darb</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ienu laikā no Līguma spēkā stāšanās dienas, un tas kļūst par Līguma neatņemamu sastāvdaļu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="444039BA" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BBA2580" w14:textId="05661E54" w:rsidR="00BE2E19" w:rsidRPr="00654B22" w:rsidRDefault="004E70A8" w:rsidP="00BE2E19">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Līguma termiņš</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F3D61CF" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Līgums Pusēm saistošs ar Līguma parakstīšanas brīdi un ir spēkā piecus gadus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70DE38E2" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pusēm savstarpēji </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vienojoties, nomas līguma termiņš var tikt pagarināts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18392B84" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-109"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="644732B4" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00EC50FA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Maksājumi un norēķinu kārtība</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A7115BC" w14:textId="304093E6" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nomas maksa par Telpu lietošanu ir ___ </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF1D0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EUR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...75 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___ centi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) bez pievienotās vērtības nodokļa (turpmāk – PVN) par 1 (vienu)  m² mēnesī. Nomas maksa par 74 m² mēnesī ir: 74 m² x ____ </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF1D0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EUR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">= _____ </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF1D0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EUR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(_______ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __ centi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) un PVN 21% (divdesmit viens procents), tas ir, _____ </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF1D0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EUR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(_________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ___ centi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Kopā nomas maksa mēnesī par Telpu lietošanu ir _____ </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1850">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EUR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...26 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ____ centi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Zemesgabala nomas maksa tiek noteikta atbilstoši spēkā esošajiem normatīvajiem aktiem par publiskas personas zemes nomu. Līguma noslēgšanas brīdī zemesgabala nomas maksa par 1 (vienu) m² mēnesī ir 0,0</w:t>
+      </w:r>
+      <w:r w:rsidR="00035CB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2112</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1850">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EUR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(nulle </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00654B22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00035CB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2112</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> centi) bez PVN. Nomas maksa par 171,68 m² ir: 171,68 x 0,0</w:t>
+      </w:r>
+      <w:r w:rsidR="00035CB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2112</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = </w:t>
+      </w:r>
+      <w:r w:rsidR="00035CB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3,63</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1850">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EUR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00035CB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trīs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00035CB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>63</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> centi) un 21% (divdesmit viens procents) ir</w:t>
+      </w:r>
+      <w:r w:rsidR="00035CB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,76</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1850">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EUR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(nulle </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00035CB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 centi), kopā </w:t>
+      </w:r>
+      <w:r w:rsidR="00035CB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4,39</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1850">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EUR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00035CB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>četri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00035CB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> centi) mēnesī. Kopējā nomas maksa par Telpu un telpām piesaistītā zemesgabala lietošanu ir _______ </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1850">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EUR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(_________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __ centi) mēnesī, ieskaitot PVN (turpmāk – Nomas maksa). Ugunsdrošības un civilās aizsardzības koledžas vasaras brīvlaika mēnešus (jūniju, jūliju, augustu) nomas maksa, kā arī maksa par komunālajiem pakalpojumiem netiek aprēķināta.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...36 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0014257A">
-[...316 lines deleted...]
-        <w:widowControl w:val="0"/>
+    </w:p>
+    <w:p w14:paraId="7F5B87D0" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...430 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja zemei tiek mainīta kadastrālā vērtība, IZNOMĀTĀJAM ir tiesības vienpusēji mainīt zemesgabala nomas maksas apmēru. Par šajā apakšpunktā noteikto izmaksu izmaiņām IZNOMĀTĀJS 10 (desmit) darbdienas iepriekš rakstiski paziņo NOMNIEKAM un bez grozījumu izdarīšanas Līgumā, rakstiski </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NOMNIEKAM attiecīgu rēķinu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75763171" w14:textId="6EC901C0" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...62 lines deleted...]
-    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nomas maksā (Līguma 3.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE37A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punkts) ietilpst:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5253B80E" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="000B1EC7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Liberation Serif" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>maksa par koplietošanas telpu lietošanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C8E29A" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00D12B62">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Liberation Serif" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>IZNOMĀTĀJA izdevumi, kas tieši vai netieši ir saistīti ar Līgumā noteikto IZNOMĀTĀJA pienākumu izpildi, pievienotās vērtības nodoklis sakarā ar Nomas priekšmeta valdījumu un izmantošanu, ēkas pārvaldīšana, tehniskā apsardze.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65AA0EE7" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="000B1EC7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Liberation Serif" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>maksa par Telpām piegulošas teritorijas apsaimniekošanu, kurā ietilpst:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="480A8F8E" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="1985"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inženiertehnisko komunikāciju (ūdensvada un kanalizācijas, elektroapgādes,       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58321A0B" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="1985"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>siltumapgādes) apkope un remonts (atbildības robežās);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="151E0193" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="1985"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3.3.2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E5799E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ārējās teritorijas (telpām piesaistītā zemesgabala) uzkopšana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B2F1542" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="1985"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3.3.3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E5799E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>koplietošanas telpu un sanitāro mezglu uzkopšana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="184F48F0" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="1985"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3.3.4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E5799E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Telpu uzkopšana (mitrā uzkopšana – trīs reizes nedēļā, sausā uzkopšana – katru dienu, logu mazgāšana (divas reizes gadā, pēc pasūtījuma));</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34ADEF5D" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:contextualSpacing/>
-[...51 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>IZNOMĀTĀJAM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir tiesības, nosūtot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NOMNIEKAM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rakstisku paziņojumu, vienpusēji mainīt Nomas maksas apmēru bez grozījumu izdarīšanas Līgumā:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC483E7" w14:textId="24F02D8D" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ja Centrālās statistikas pārvaldes sniegtais patēriņa cenu indekss attiecībā pret pēdējo nomas maksas izmaiņas dienu pārsniedz 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1850">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>%. Nomas maksas paaugstinājumu nosaka, sākot ar otro nomas gadu atbilstoši Centrālās statistikas pārvaldes sniegtajiem patēriņa cenu indeksiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0104E27B" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ja saskaņā ar normatīvajiem aktiem tiek no jauna ieviesti vai palielināti nodokļi vai nodevas. Minētajos gadījumos nomas maksas apmērs tiek mainīts, sākot ar dienu, kāda noteikta attiecīgajos normatīvajos aktos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33712695" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reizi gadā nākamajam nomas periodam, ja ir mainījušies IZNOMĀTĀJA Nomas priekšmeta plānotie pārvaldīšanas izdevumi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E1E7D1" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ja normatīvie akti paredz citu Nomas maksas apmēru vai Nomas maksas aprēķināšanas kārtību.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7386F90E" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>NOMNIEKS papildu Nomas maksai apņe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mas maksāt par šādiem komunālajiem pakalpojumiem: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C0D7228" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5.1.elektroenerģiju saskaņā ar verificēta elektroenerģijas skaitītāja rādījumiem. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AE11F27" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>3.5.2. ūdensapgādi un kanalizāciju – saskaņā ar verificētu ūdens skaitītāju rādījumiem:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="397504F8" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>3.5.3.atkritumu izvešanu – proporcionāli Telpu platībai pret kopējo ēku ar kadastra apzīmējumu 01000720176002 (16</w:t>
+      </w:r>
+      <w:r w:rsidR="008B0E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>70</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006505B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>) un 01000720176001 (2838,</w:t>
+      </w:r>
+      <w:r w:rsidR="006505B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>) platību (450</w:t>
+      </w:r>
+      <w:r w:rsidR="006505B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006505B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>), tas ir 1,64 % atbilstoši pakalpojuma sniedzēja noteiktajiem tarifiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="594C63DA" w14:textId="552CC443" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>3.6.  Rēķinu par Telpu un Telpām piesaistītā zemes gabala nomu par kārtējo mēnesi un rēķinu par Līguma 3.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE37A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā minētajiem pakalpojumiem par iepriekšējo mēnesi IZNOMĀTĀJS izraksta un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NOMNIEKAM līdz kārtējā mēneša pēdējam datumam. Rēķinus IZNOMĀTĀJS </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> elektroniski no elektroniskā pasta adreses gramatvediba@agentura.iem.gov.lv uz NOMNIEKA elektroniskā pasta adresi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>__________. NOMNIEKS saņemtos rēķinus apmaksā 20 (divdesmit) darbdienu laikā pēc to saņemšanas, ieskaitot naudu IZNOMĀTĀJA norādītajā norēķinu kontā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="629F8027" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOMNIEKS atmaksā IZNOMĀTĀJAM tā samaksāto nekustamā īpašuma nodokli un apdrošināšanas izmaksas tās aprēķinot  proporcionāli aizņemtai Telpas platībai, ko IZNOMĀTĀJS izdala no Nomas maksas kā papildu maksājumus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C044FD5" w14:textId="0568FB0C" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Rēķinu par Līguma 3.7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE37A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā noteiktajiem attiecināmajiem maksājumiem IZNOMĀTĀJS izraksta no elektroniskā pasta adreses: gramatvediba@agentura.iem.gov.lv un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uz NOMNIEKA elektroniskā pasta adresi: ______, kuru NOMNIEKS apmaksā rēķinā norādītajā termiņā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7754ED" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>nomnieks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Līgumā noteiktajā termiņā nav veicis rēķinu apmaksu, IZNOMĀTĀJS ir tiesīgs prasīt no NOMNIEKA nokavējuma procentus 0,01 % dienā no nesamaksātās summas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3901EAEE" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ja IZNOMĀTĀJS savlaicīgi nav nosūtījis rēķinu NOMNIEKAM, tad attiecīgā rēķina samaksas termiņš pagarinās par IZNOMĀTĀJA nokavēto dienu skaitu, par kuru attiecībā uz NOMNIEKU nokavējuma nelabvēlīgās sekas neiestājas un nokavējuma procenti netiek aprēķināti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="199E766B" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Visi Līgumā paredzētie maksājumi tiks uzskatīti par samaksātiem dienā, kad saņemti IZNOMĀTĀJA norādītajā norēķinu kontā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F31A50F" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NOMNIEKAM nav tiesības prasīt samazināt Nomas maksu un prasīt zaudējumu atlīdzību no IZNOMĀTĀJA, ja notiek komunālo pakalpojumu pārtraukumi avāriju, dabas katastrofu vai citu, nesaistītu ar IZNOMĀTĀJA rīcību, iemeslu dēļ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E962782" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-109"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DB97434" w14:textId="0267A3EA" w:rsidR="00BE2E19" w:rsidRPr="00654B22" w:rsidRDefault="004E70A8" w:rsidP="00BE2E19">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IZNOMĀTĀJA tiesības un pienākumi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EABD804" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="006505B7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-109" w:hanging="1287"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IZNOMĀTĀJAM ir tiesības:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="318AE54D" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jebkurā laikā, 24 (divdesmit četras) stundas iepriekš brīdinot par to NOMNIEKU, veikt vispārējo Telpu apskati kopā ar NOMNIEKA pārstāvi. Ārkārtas apstākļu gadījumā (plūdi, ugunsgrēks, signalizācijas aktivizēšana u.tml.) IZNOMĀTĀJS ir tiesīgs iekļūt Telpās bez iepriekšēja brīdinājuma;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="388B7844" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veikt kārtējos remontdarbus un nepieciešamos būvdarbus Telpās, lai novērstu iespējamus bojājumus vai avārijas sekas. NOMNIEKS nevar veicamos pasākumus nedz aizkavēt, nedz paildzināt, pretējā gadījumā NOMNIEKAM ir jāatlīdzina IZNOMĀTĀJAM šajā sakarā radušās izmaksas un nodarītie zaudējumi. Par veiktajiem remontdarbiem NOMNIEKS nevar prasīt samazināt Nomas maksu, kā arī prasīt naudas atmaksu vai zaudējumu segšanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59919282" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gadījumā, ja Telpām ir nepieciešams remonts, atjaunošana, pārbūve vai restaurācija un NOMNIEKS to veic saskaņā ar Līgumu par saviem līdzekļiem, ar IZNOMĀTĀJA iepriekšēju rakstisku piekrišanu un akceptētu izmaksu tāmi, ievērojot normatīvo aktu prasības, pēc minēto darbu pabeigšanas, samazināt Nomas maksu proporcionāli</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8" w:rsidDel="00A4393B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOMNIEKA veiktajiem ieguldījumiem, ievērojot </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="004E70A8">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Civillikumā</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> minētos nosacījumus par nepieciešamo un derīgo izdevumu atlīdzināšanu. Nomas maksu samazina, ja IZNOMĀTĀJS konstatē, ka NOMNIEKS attiecīgos ieguldījumus ir veicis un IZNOMĀTĀJS tos atzīst par sev lietderīgiem, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veicot grozījumus Līgumā, kas pēc to abpusējas parakstīšanas kļūst par Līguma neatņemamu sastāvdaļu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40AE5BD8" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IZNOMĀTĀJA pienākumi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C064668" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="006505B7" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...31 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E70A8" w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nodrošināt NOMNIEKAM netraucētu, nepārtrauktu Telpu lietošanu, ja tas tiek ekspluatēts </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="004E70A8" w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atbilstoši vispārpieņemtām normām, lietošanas instrukcijām, ekspluatācijas un Līguma noteikumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17C7F4ED" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>godprātīgi pildīt līgumsaistības;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D0BE65C" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atjaunot Telpas sākotnējā stāvoklī un novērst bojājumus, kas radušies Telpām sakarā ar ēkas konstrukciju vai inženiertehnisko tīklu avārijām ārpus Telpām no NOMNIEKA neatkarīgu apstākļu dēļ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C915573" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>IZNOMĀTĀJS ir atbildīgs par ugunsdrošības inženiertehnisko sistēmu un aprīkojuma ekspluatāciju atbilstoši ražotāja tehnisko noteikumu un ugunsdrošību regulējošu normatīvo aktu prasībām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E880AB2" w14:textId="6CB276AF" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="00C81161" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="004E70A8" w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>isā Līguma darbības laikā uzturēt Telpas, tajā esošos inženiertehniskos tīklus un komunikācijas pilnīgā kārtībā atbilstoši Latvijas Republikas normatīvo aktu prasībām un ekspluatācijas noteikumiem. Nepieļaut Telpu tehniskā un vispārējā stāvokļa pasliktināšanos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="740F3A7C" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IZNOMĀTĀJS neatbild par apkures, elektroenerģijas, ūdens u.c. komunālo pakalpojumu pārtraukumiem Telpās, ja šie pārtraukumi nav radušies IZNOMĀTĀJA vainas dēļ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07438F93" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-109"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6645488B" w14:textId="3284E894" w:rsidR="00BE2E19" w:rsidRPr="00654B22" w:rsidRDefault="004E70A8" w:rsidP="00BE2E19">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="448" w:hanging="448"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NOMNIEKA tiesības un pienākumi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFCE9AC" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NOMNIEKAM ir tiesības:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="239D118D" w14:textId="6B3D28E2" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:right="-109" w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lietot Telpas atbilstoši Līguma 1.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81161">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punktā minētajam mērķim;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB70C30" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:right="-109" w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar IZNOMĀTĀJA iepriekšēju rakstisku piekrišanu pārbūvēt Telpas</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC50FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="185B6F99" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-874" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NOMNIEKS nav tiesīgs:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D4F21D" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bez IZNOMĀTĀJA rakstiskas piekrišanas nomas tiesības izmantot darījumos ar trešajām personām;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3258F87C" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pārbūvēt Telpas bez IZNOMĀTĀJA rakstiskas atļaujas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A417E7F" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pirms Līguma termiņa beigām patvaļīgi atstāt Telpas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D9E929F" w14:textId="646E3ECB" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Telpas izmantot mērķiem, kas nav minēti Līguma 1.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81161">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punktā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="276BB85A" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="-874"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NOMNIEKA pienākumi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A8C1F52" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>visā Līguma darbības laikā uzturēt Telpas, tajā esošos inženiertehniskos tīklus un komunikācijas pilnīgā kārtībā atbilstoši Latvijas Republikas normatīvo aktu prasībām un ekspluatācijas noteikumiem. Nepieļaut Telpu tehniskā un vispārējā stāvokļa pasliktināšanos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C9A89B2" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uzturēt Telpas atbilstoši sanitārajām prasībām, veikt Telpu uzkopšanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA143A2" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>savlaicīgi maksāt Nomas maksu saskaņā ar Līguma noteikumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18AC931E" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atbildēt par ugunsdrošību Telpās un nodrošināt ugunsdrošības instruktāžu Telpās  nodarbinātajiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F94A3B7" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ievērot vispārējos Telpu ekspluatācijas noteikumus, sanitārās, darba aizsardzības un ugunsdrošības prasības;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745977B2" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ja NOMNIEKA vainas dēļ Telpās izceļas ugunsgrēks, apkures, ūdensvadu vai elektrosistēmu bojājumi, NOMNIEKS apņemas to sekas likvidēt par saviem vai apdrošinātāja līdzekļiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2751EE2A" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nepieciešamības gadījumā par saviem līdzekļiem veikt Telpu labiekārtošanu, kārtējo un citus remontus, atbilstoši nomas mērķim, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saskaņojot to apjomu un termiņus ar IZNOMĀTĀJU ne vēlāk kā 10 (desmit) darbdienas pirms remontdarbu uzsākšanas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D2A7689" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apmaksāt visus IZNOMĀTĀJA izdevumus, kas saistīti ar defektu un bojājumu </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC50FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>novēršanu, kas tiks konstatēti un atklāti, nododot Telpas IZNOMĀTĀJAM;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31121EDE" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>segt IZNOMĀTĀJAM tiešos zaudējumus, kas radušies NOMNIEKA vainas dēļ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F36EDDD" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="540"/>
+          <w:tab w:val="num" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ja mainās elektroniskā pasta adrese, uz kuru IZNOMĀTĀJS </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rēķinus, NOMNIEKAM ir pienākums par to paziņot IZNOMĀTĀJAM 5 (piecu) dienu laikā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="194FE824" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-109"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18C25CCF" w14:textId="189161E8" w:rsidR="00BE2E19" w:rsidRPr="00654B22" w:rsidRDefault="004E70A8" w:rsidP="00BE2E19">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nepārvarama vara</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="736F324F" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="-109" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Puses tiek atbrīvotas no atbildības par Līguma pilnīgu vai daļēju neizpildi, ja šāda neizpilde radusies nepārvaramas varas vai ārkārtēja rakstura apstākļu rezultātā, kuru darbība sākusies pēc Līguma noslēgšanas un kuru nevar iepriekš ne paredzēt, ne novērst. Pie nepārvaramas varas vai ārkārtēja rakstura apstākļiem pieskaitāmi: stihiskas nelaimes, avārijas, katastrofas, epidēmijas un kara darbība, streiki, iekšējie nemieri, blokādes, normatīvo aktu, kas būtiski ierobežo un aizskar Pušu tiesības un ietekmē uzņemties saistības, pieņemšana un stāšanās spēkā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE9FAFC" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="-109" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Nepārvaramas varas apstākļu iestāšanās gadījumā Līguma darbība tiek izbeigta, un Puses veic savstarpēju norēķinu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A4E59CF" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-109"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="704BF817" w14:textId="691FD7F0" w:rsidR="00BE2E19" w:rsidRPr="00654B22" w:rsidRDefault="004E70A8" w:rsidP="00BE2E19">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:contextualSpacing/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Līguma izbeigšana un Telpu atbrīvošana</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D798623" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="786"/>
-[...64 lines deleted...]
-      <w:pPr>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Pusēm rakstiski vienojoties, Līgums var tikt izbeigts pirms Līgumā noteiktā termiņa beigām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A1BC941" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="786"/>
-[...80 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:rPr>
-[...279 lines deleted...]
-    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   IZNOMĀTĀJS, rakstiski informējot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NOMNIEKU</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ne mazāk kā 30 (trīsdesmit) dienas iepriekš, vienpusēji var atkāpties no Līguma, neatlīdzinot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NOMNIEKAM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zaudējumus, kas saistīti ar Līguma pirmstermiņa izbeigšanu, kā arī </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NOMNIEKA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veiktos izdevumus nomas objektam, ja:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0704829B" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="862"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+        <w:spacing w:after="0" w:line="293" w:lineRule="atLeast"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NOMNIEKA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbības dēļ tiek bojātas Telpas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53132C6E" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="862"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOMNIEKAM </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir bijuši vismaz trīs maksājumu kavējumi, kas kopā pārsniedz divu maksājumu periodu, ja Līgumā noteikts viena mēneša nomas maksas aprēķina periods;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="219C53AD" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="709"/>
-[...1665 lines deleted...]
-          <w:tab w:val="clear" w:pos="1288"/>
+          <w:tab w:val="clear" w:pos="862"/>
           <w:tab w:val="num" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567" w:hanging="567"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:contextualSpacing/>
-        <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lv-LV"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Telpa tiek izmantota </w:t>
       </w:r>
-      <w:r w:rsidRPr="0014257A">
-[...4 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">neatbilstoši </w:t>
       </w:r>
-      <w:r w:rsidRPr="0014257A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Līguma 1.2. punktā noteiktajam mērķim;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="0542D3EA" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="6"/>
-[...2 lines deleted...]
-          <w:tab w:val="clear" w:pos="1288"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="862"/>
           <w:tab w:val="num" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567" w:hanging="567"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:contextualSpacing/>
-        <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lv-LV"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Telpa tiek pārbūvēta bez </w:t>
       </w:r>
-      <w:r w:rsidRPr="0014257A">
-[...10 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>IZNOMĀTĀJA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> rakstiskas atļaujas vai bojāta, un </w:t>
       </w:r>
-      <w:r w:rsidRPr="0014257A">
-[...10 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NOMNIEKS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> to nav novērsis 30 (trīsdesmit) dienu laikā pēc</w:t>
       </w:r>
-      <w:r w:rsidRPr="0014257A">
-[...10 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IZNOMĀTĀJA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> rakstiskas pretenzijas saņemšanas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="6FC87718" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="6"/>
-[...2 lines deleted...]
-          <w:tab w:val="clear" w:pos="1288"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="862"/>
           <w:tab w:val="num" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567" w:hanging="567"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:contextualSpacing/>
-        <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lv-LV"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lv-LV"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        </w:rPr>
+        <w:t>Telpas tiek iznomātas, nodota apakšnomā vai kā citādi nodotas lietošanā trešajām personām, vai nomas tiesības tiek ieķīlātas vai kā citādi izmantotas darījumos ar trešajām personām;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="788DD1AC" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="6"/>
-[...2 lines deleted...]
-          <w:tab w:val="clear" w:pos="1288"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="862"/>
           <w:tab w:val="num" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NOMNIEKS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nepiekrīt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>IZNOMĀTĀJA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piedāvātajām Telpu lietošanas nomas maksas izmaiņām atbilstoši Līguma 3.2. punktam; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73B19A5C" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Līguma neizpildīšana ir ļaunprātīga un dod </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>IZNOMĀTĀJAM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pamatu uzskatīt, ka viņš nevar paļauties uz saistību izpildīšanu nākotnē;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F7BA465" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NOMNIEKS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārkāpj Līguma nosacījumus.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="455EA2F6" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   IZNOMĀTĀJAM ir tiesības, rakstiski informējot NOMNIEKU trīs mēnešus iepriekš, vienpusēji atkāpties no Līguma, neatlīdzinot NOMNIEKA zaudējumus, kas saistīti ar Līguma pirmstermiņa izbeigšanu, ja Telpas nepieciešamas sabiedrības vajadzību nodrošināšanai vai normatīvajos aktos noteikto publisko funkciju veikšanai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9EA356" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   NOMNIEKAM ir tiesības atkāpties no Līguma pirms termiņa beigām, rakstiski brīdinot IZNOMĀTĀJU 1 (vienu) mēnesi pirms Līguma izbeigšanas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12ED10A2" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
-        <w:rPr>
-[...48 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ja Līgums tiek izbeigts, tajā skaitā vienpusēji, tad IZNOMĀTĀJAM nav jāatlīdzina NOMNIEKAM ar Līguma izbeigšanu saistītie zaudējumi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA3CA07" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-[...4 lines deleted...]
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:contextualSpacing/>
-[...39 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Izbeidzot Līgumu, NOMNIEKAM jāatbrīvo Telpas un pēdējā Telpu lietošanas dienā jānodod tās IZNOMĀTĀJAM, parakstot Telpu nodošanas - pieņemšanas aktu. NOMNIEKS nodod Telpas IZNOMĀTĀJAM ne sliktākā stāvoklī, kādā tās bija Līguma slēgšanas brīdī, ņemot vērā NOMNIEKA veikto ar IZNOMĀTĀJU saskaņoto Telpu pārbūvi un Telpu saprātīga nolietojuma pakāpi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="458A4AB4" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-[...5 lines deleted...]
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:contextualSpacing/>
-[...18 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Pēc Līguma izbeigšanas NOMNIEKS nodod bez atlīdzības IZNOMĀTĀJAM NOMNIEKA izdarītos neatdalāmos uzlabojumus, pārbūves un ietaises, kurām jābūt lietošanas kārtībā, izņemot gadījumus, ja starp Pusēm pirms ieguldījumu izdarīšanas ir noslēgta papildus vienošanās par ieguldījumu atlīdzināšanas kārtību. Tiek nodotas lietas un aprīkojums, kas nodrošina Telpu normālu lietošanu, kā arī priekšmeti, kuri nav atdalāmi nesabojājot tos un virsmas, pie kurām tie piestiprināti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6560C543" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ja pēc Līguma izbeigšanas Telpas netiek savlaicīgi atbrīvotas un nodotas IZNOMĀTĀJAM, NOMNIEKAM jāveic samaksa par Telpu faktisko lietošanu un jāmaksā līgumsods 1% apmērā no mēneša maksājumu summas par katru nokavēto dienu līdz Telpu atbrīvošanai un nodošanai IZNOMĀTĀJAM, kā arī jāsedz IZNOMĀTĀJAM visi zaudējumi, kādi Iznomātājam nodarīti sakarā ar Telpu savlaicīgu neatbrīvošanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C7C8E6E" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.9.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="lv-LV"/>
-[...8 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NOMNIEKS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nepiekrīt pārskatītajam nomas maksas apmēram, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NOMNIEKAM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir tiesības vienpusēji atkāpties no Līguma, par to rakstiski informējot IZNOMĀTĀJU vienu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">mēnesi iepriekš. Līdz Līguma izbeigšanai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NOMNIEKS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maksā nomas maksu atbilstoši pārskatītajam nomas maksas apmēram.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
-[...9 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6170EBCC" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...267 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="248709D5" w14:textId="711FB7F3" w:rsidR="00BE2E19" w:rsidRPr="00654B22" w:rsidRDefault="004E70A8" w:rsidP="00BE2E19">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lv-LV"/>
-[...14 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lv-LV"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Fizisko personu datu aizsardzība</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B90FE9A" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00EC50FA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pusēm ir tiesības apstrādāt no otras Puses iegūtos fizisko personu datus, kā arī Līguma izpildes laikā iegūtos fizisko personu datus, tikai ar mērķi nodrošināt Līgumā noteikto saistību izpildi, ievērojot normatīvajos aktos noteiktās prasības šādu datu apstrādei un aizsardzībai. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34844C10" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00EC50FA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Puses apņemas nenodot tālāk trešajām personām no otras Puses iegūtos fizisko personu datus, izņemot gadījumus, kad Līgumā ir noteikts citādāk vai normatīvie akti paredz šādu datu nodošanu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5266CDDD" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00EC50FA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja, saskaņā ar normatīvajiem aktiem, Pusēm var rasties pienākums nodot tālāk trešajām personām no otras Puses iegūtos fizisko personu datus, Puse pirms šādu datu nodošanas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informē par to otru Pusi, ja vien normatīvie akti to neaizliedz. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF47F23" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00EC50FA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apstrādājot datus, Pusēm nav tiesību nodot datus ārpus Eiropas Savienības un Eiropas Ekonomiskās zonas robežām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ABE321D" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00EC50FA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lv-LV"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Katra Puse var pieprasīt, lai otrā Puse papildina vai izlabo datus, vai pārtrauc attiecīgās Puses nodoto datu apstrādi vai iznīcina tos, ja nodotie dati ir nepilnīgi, novecojuši, nepatiesi, pretlikumīgi apstrādāti vai to apstrāde vairs nav nepieciešama Līguma mērķiem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D95588D" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00EC50FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lv-LV"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+        </w:rPr>
+        <w:t>Puses apņemas pēc otras Puses rakstveida pieprasījuma iznīcināt no otras Puses iegūtos fizisko personu datus, ja izbeidzas nepieciešamība tos apstrādāt Līguma izpildes nodrošināšanai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75730724" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00EC50FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:rPr>
-[...18 lines deleted...]
-    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Puses apliecina, ka Līgumā norādītā informācija par Puses pilnvaroto personu datu iesniegšanu otrai Pusei ir saskaņota ar attiecīgajām Puses pilnvarotajām personām un tās ir informētas par viņu personas datu iekļaušanu Līgumā, nodošanu otrai Pusei, ievadīšanu un apstrādi Pušu datu bāzēs, lai izmantotu Līgumā minēto mērķu sasniegšanai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E5DBD3" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="796A30FE" w14:textId="5482F79F" w:rsidR="00BE2E19" w:rsidRPr="00654B22" w:rsidRDefault="004E70A8" w:rsidP="00BE2E19">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00654B22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Citi noteikumi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E6796E" w14:textId="158003B3" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Ja, saskaņā ar normatīvajiem aktiem, Pusēm var rasties pienākums nodot tālāk trešajām personām no otras Puses iegūtos fizisko personu datus, Puse pirms šādu datu nodošanas </w:t>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-109"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IZNOMĀTĀJA atbildīgā persona Līguma darbības laikā: Nodrošinājuma valsts aģentūras Nekustamo īpašumu pārvaldīšanas departamenta Rīgas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0014257A">
-[...7 lines deleted...]
-        <w:t>rakstveidā</w:t>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>valstspilsētas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0014257A">
-[...244 lines deleted...]
-        <w:r w:rsidRPr="0014257A">
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> īpašumu pārvaldīšanas nodaļas </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7608">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">alvenais nekustamā īpašuma pārvaldnieks Artjoms Jeļisejevs, tālruņa numurs 25623311, elektroniskā pasta adrese: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="004E70A8">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>artjoms.jelisejevs@agentura.iem.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0014257A">
-[...4 lines deleted...]
-          <w:lang w:val="lv-LV" w:eastAsia="en-GB"/>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+    <w:p w14:paraId="19CD663A" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NOMNIEKA atbildīgā  personas Līguma darbības laikā: ________, tālrunis: ________, elektroniskā pasta adrese: _____________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D77CE2" w14:textId="33008D6A" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NOMNIEKA atbildīgā persona saziņai ar IZNOMĀTĀJA atbildīgo personu izmanto Līguma 8.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7608">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punktā minēto tālruņa numuru un elektroniskā pasta adresi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20DEE4B0" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IZNOMĀTĀJA atbildīgajai personai nav tiesību veikt labojumus vai izdarīt grozījumus Līgumā vai tā pielikumos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21F7EDB6" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IZNOMĀTĀJA atbildīgā persona ir tiesīga:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F671451" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>parakstīt Nomas priekšmeta nodošanas un pieņemšanas aktu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70833FEA" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sastādīt un parakstīt defektu aktu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7637E1B3" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kontrolēt Nomas priekšmeta un komunikāciju tehnisko stāvokli;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58DA8D3B" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nekavējoties informēt par tehniskām problēmām, risināt citus ar Nomas priekšmeta lietošanu un uzturēšanu saistītus jautājumus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5368FE5A" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-109" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Savstarpējās Pušu attiecības, kas netiek paredzētas Līgumā, ir regulējamas saskaņā ar Latvijas Republikas normatīvajiem aktiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DF2AE70" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="-109" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Visus strīdus, kas rodas Līguma darbības laikā, vispirms risina Pušu savstarpējās sarunās. Ja Puses nevar panākt vienošanos, strīdus izskata Latvijas Republikas tiesā saskaņā ar Latvijas Republikā spēkā esošajiem normatīvajiem aktiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="621B0688" w14:textId="77777777" w:rsidR="006D7CF5" w:rsidRPr="006D7CF5" w:rsidRDefault="006D7CF5" w:rsidP="006D7CF5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7CF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Līgums ir sagatavots un parakstīts elektroniski ar drošu elektronisko parakstu, kas satur laika zīmogu. Līguma parakstīšanas datums ir pēdējā parakstītāja pievienotā laika zīmoga </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7CF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>datums un laiks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41D67562" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pielikumi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B62129B" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...55 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9.9.1.   1. pielikums - Ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kas </w:t>
+      </w:r>
+      <w:r w:rsidR="00783DCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. stāva plāna kopija;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C70B4A0" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="00654B22">
+      <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...158 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="lv-LV"/>
-[...206 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9.9.2.   2. pielikums - Telpas nodošanas - pieņemšanas akts ar pielikumu (paraugs).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ACE42AD" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="-109"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05E0DDEA" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-109"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EADFF40" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
-[...2 lines deleted...]
-        <w:contextualSpacing/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-109"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E70A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...19 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pušu rekvizīti un paraksti</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9648" w:type="dxa"/>
-        <w:tblInd w:w="-106" w:type="dxa"/>
+        <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4750"/>
-        <w:gridCol w:w="4898"/>
+        <w:gridCol w:w="4644"/>
+        <w:gridCol w:w="4820"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidTr="002D7AA9">
+      <w:tr w:rsidR="004E70A8" w:rsidRPr="004E70A8" w14:paraId="00C7D895" w14:textId="77777777" w:rsidTr="00CA629A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4750" w:type="dxa"/>
-            <w:hideMark/>
+            <w:tcW w:w="4644" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+          <w:p w14:paraId="1425F84B" w14:textId="77777777" w:rsidR="00BE2E19" w:rsidRDefault="00BE2E19" w:rsidP="004E70A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-109"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Iznomātājs:                                                  </w:t>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0FB31803" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-109"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E70A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IZNOMĀTĀJS:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4898" w:type="dxa"/>
-            <w:hideMark/>
+            <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+          <w:p w14:paraId="64ACD87F" w14:textId="77777777" w:rsidR="00BE2E19" w:rsidRDefault="00BE2E19" w:rsidP="004E70A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-109"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0014257A">
+          </w:p>
+          <w:p w14:paraId="55FA5CD2" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-109"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Nomnieks:</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="004E70A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NOMNIEKS:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidTr="002D7AA9">
+      <w:tr w:rsidR="004E70A8" w:rsidRPr="004E70A8" w14:paraId="5C0E1415" w14:textId="77777777" w:rsidTr="00CA629A">
+        <w:trPr>
+          <w:trHeight w:val="4153"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4750" w:type="dxa"/>
+            <w:tcW w:w="4644" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+          <w:p w14:paraId="0DCC7C03" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-540"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0014257A">
+            <w:r w:rsidRPr="004E70A8">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Nodrošinājuma valsts aģentūra</w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="004E70A8">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78BE3530" w14:textId="77777777" w:rsidR="006D7CF5" w:rsidRPr="006D7CF5" w:rsidRDefault="006D7CF5" w:rsidP="00BE2E19">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0014257A">
+            <w:r w:rsidRPr="006D7CF5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Reģ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0014257A">
+            <w:r w:rsidRPr="006D7CF5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>. Nr. 90009112024</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+          <w:p w14:paraId="340B5D53" w14:textId="6B1AA1B2" w:rsidR="00BE2E19" w:rsidRDefault="006D7CF5" w:rsidP="006D7CF5">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0014257A">
+            <w:r w:rsidRPr="006D7CF5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Čiekurkalna 1. līnija 1 k-2, Rīgā, LV-1026</w:t>
+              <w:t>Čiekurkalna 1. līnija 1 k-2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+          <w:p w14:paraId="33080428" w14:textId="77777777" w:rsidR="006D7CF5" w:rsidRPr="006D7CF5" w:rsidRDefault="006D7CF5" w:rsidP="006D7CF5">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0014257A">
+            <w:r w:rsidRPr="006D7CF5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Rīgā, LV-1026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5594458D" w14:textId="77777777" w:rsidR="006D7CF5" w:rsidRPr="006D7CF5" w:rsidRDefault="006D7CF5" w:rsidP="006D7CF5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D7CF5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Norēķini: Valsts kase</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+          <w:p w14:paraId="343D15F4" w14:textId="77777777" w:rsidR="006D7CF5" w:rsidRPr="006D7CF5" w:rsidRDefault="006D7CF5" w:rsidP="006D7CF5">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0014257A">
+            <w:r w:rsidRPr="006D7CF5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Kods: TRELLV22</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+          <w:p w14:paraId="2680026A" w14:textId="77777777" w:rsidR="006D7CF5" w:rsidRPr="006D7CF5" w:rsidRDefault="006D7CF5" w:rsidP="006D7CF5">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0014257A">
+            <w:r w:rsidRPr="006D7CF5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Konts: LV28TREL2140651016000</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+          <w:p w14:paraId="17E96F02" w14:textId="77777777" w:rsidR="006D7CF5" w:rsidRPr="006D7CF5" w:rsidRDefault="006D7CF5" w:rsidP="006D7CF5">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0014257A">
+            <w:r w:rsidRPr="006D7CF5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>E-adrese: _default@90009112024</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+          <w:p w14:paraId="715452AD" w14:textId="77777777" w:rsidR="006D7CF5" w:rsidRPr="006D7CF5" w:rsidRDefault="006D7CF5" w:rsidP="006D7CF5">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+          <w:p w14:paraId="4AF4A478" w14:textId="77777777" w:rsidR="006D7CF5" w:rsidRPr="006D7CF5" w:rsidRDefault="006D7CF5" w:rsidP="006D7CF5">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+          <w:p w14:paraId="26565F8B" w14:textId="77777777" w:rsidR="006D7CF5" w:rsidRPr="006D7CF5" w:rsidRDefault="006D7CF5" w:rsidP="006D7CF5">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0014257A">
+            <w:r w:rsidRPr="006D7CF5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Direktora p.</w:t>
+              <w:t xml:space="preserve">Direktora p. i. </w:t>
             </w:r>
-            <w:r w:rsidR="009F3F53">
+            <w:r w:rsidRPr="006D7CF5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...17 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>(*paraksts)</w:t>
             </w:r>
-            <w:r w:rsidRPr="0014257A">
+            <w:r w:rsidRPr="006D7CF5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> G. Ratnieks</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+          <w:p w14:paraId="5A9C2A11" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-109"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+          <w:p w14:paraId="3406AE76" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-109"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0014257A">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F5FA800" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-109"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E70A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+          <w:p w14:paraId="13BCFE9D" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-109"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
-[...130 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+          <w:p w14:paraId="54809531" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-109"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+          <w:p w14:paraId="63E84F91" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00B542E0" w:rsidP="002D7AA9">
+          <w:p w14:paraId="6241548D" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3455"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+          <w:p w14:paraId="7F558E1E" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3455"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>____________</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00226B3F" w:rsidRPr="0014257A">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="103A207E" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3455"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00226B3F" w:rsidRPr="0014257A">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20FD4489" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3455"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:i/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>(*paraksts)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00226B3F" w:rsidRPr="0014257A">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F3B0F8A" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3455"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:iCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ________</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00226B3F" w:rsidRPr="0014257A">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07CFFDD3" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3455"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:i/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
-          <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="002D7AA9">
+          <w:p w14:paraId="51492F37" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7FA52738" w14:textId="77777777" w:rsidR="00BE2E19" w:rsidRDefault="00BE2E19" w:rsidP="004E70A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DDE922A" w14:textId="77777777" w:rsidR="00BE2E19" w:rsidRDefault="00BE2E19" w:rsidP="004E70A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E9A5B27" w14:textId="77777777" w:rsidR="00BE2E19" w:rsidRPr="004E70A8" w:rsidRDefault="00BE2E19" w:rsidP="004E70A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62A7D7C9" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="540"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-109"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="23255035" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6982CE47" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A306F81" w14:textId="77777777" w:rsidR="00BE2E19" w:rsidRPr="00BE2E19" w:rsidRDefault="00BE2E19" w:rsidP="00BE2E19">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...10 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE2E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>*DOKUMENTS IR PARAKSTĪTS AR DROŠU ELEKTRONISKO PARAKSTU</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00226B3F" w:rsidRPr="0014257A" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="0F328F6B" w14:textId="77777777" w:rsidR="00BE2E19" w:rsidRPr="00BE2E19" w:rsidRDefault="00BE2E19" w:rsidP="00BE2E19">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...10 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE2E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> UN SATUR LAIKA ZĪMOGU</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00226B3F" w:rsidRPr="00226B3F" w:rsidRDefault="00226B3F" w:rsidP="00226B3F">
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="00226B3F" w:rsidRPr="00226B3F" w:rsidSect="00226B3F">
+    <w:p w14:paraId="21B4B066" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BDFF932" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRPr="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A67B939" w14:textId="77777777" w:rsidR="004E70A8" w:rsidRDefault="004E70A8" w:rsidP="004E70A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="004E70A8" w:rsidSect="00BE1B73">
+      <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="14640FC9" w14:textId="77777777" w:rsidR="00BE1B73" w:rsidRDefault="00BE1B73" w:rsidP="00BE1B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6B038233" w14:textId="77777777" w:rsidR="00BE1B73" w:rsidRDefault="00BE1B73" w:rsidP="00BE1B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Liberation Serif">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7A2CE30E" w14:textId="77777777" w:rsidR="00BE1B73" w:rsidRDefault="00BE1B73" w:rsidP="00BE1B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="18115BCF" w14:textId="77777777" w:rsidR="00BE1B73" w:rsidRDefault="00BE1B73" w:rsidP="00BE1B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="797189587"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="18772ED4" w14:textId="77777777" w:rsidR="00BE1B73" w:rsidRDefault="00BE1B73">
+        <w:pPr>
+          <w:pStyle w:val="Header"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="2F4C2E1F" w14:textId="77777777" w:rsidR="00BE1B73" w:rsidRDefault="00BE1B73">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="1">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10A83F79"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="499C6F70"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1BAF320A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE4C5670"/>
-    <w:lvl w:ilvl="0" w:tplc="02920034">
+    <w:lvl w:ilvl="0" w:tplc="858CC706">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="900"/>
-[...3 lines deleted...]
-      <w:rPr>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
         <w:b/>
-        <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="3A424CFA">
+    <w:lvl w:ilvl="1" w:tplc="A9A0DDDA">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="540"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="6F0CA7C2">
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A342BD92">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="540"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="38F46EB8">
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1388BEF0">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="540"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="F69445FE">
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A7760070">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="540"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="70889EF0">
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="446688F2">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="540"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="DB7CA6E0">
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3D485FD4">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="540"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="4C42F008">
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="D8DC18A8">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="540"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="EFB0D0F4">
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2C481EA2">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="540"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="1">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="287C4AEE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9A726C7E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2BD53746"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="37503EF2"/>
+    <w:tmpl w:val="AB9ACF1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -5946,299 +7111,444 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="1">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="364C46EF"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="01AA3DDE"/>
+    <w:tmpl w:val="30884F64"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:tab w:val="num" w:pos="682"/>
+        </w:tabs>
+        <w:ind w:left="682" w:hanging="540"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1080"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1260"/>
         </w:tabs>
         <w:ind w:left="1260" w:hanging="720"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1080"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1980"/>
         </w:tabs>
         <w:ind w:left="1980" w:hanging="1080"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="1440"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2700"/>
         </w:tabs>
         <w:ind w:left="2700" w:hanging="1440"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="1800"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="1">
-    <w:nsid w:val="4D1D1393"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42783C1A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="31027836"/>
+    <w:tmpl w:val="CF24505A"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="2"/>
+      <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="1287" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="1854" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="2781" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="3348" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="4275" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="5202" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="5769" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:ind w:left="6696" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44180FDF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0634500E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="1">
-    <w:nsid w:val="557E1CAF"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49E92567"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="4E684160"/>
+    <w:tmpl w:val="3DBCCD9E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
@@ -6285,511 +7595,642 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="1">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CC53ACD"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="9ED600D8"/>
+    <w:tmpl w:val="A7B66FF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1288"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:tab w:val="num" w:pos="862"/>
+        </w:tabs>
+        <w:ind w:left="862" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="1">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F870AE7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D5CA1E14"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:tab w:val="num" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1260"/>
         </w:tabs>
         <w:ind w:left="1260" w:hanging="720"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1080"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1980"/>
         </w:tabs>
         <w:ind w:left="1980" w:hanging="1080"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="1440"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2700"/>
         </w:tabs>
         <w:ind w:left="2700" w:hanging="1440"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="1800"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="619A27C4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="08FA9900"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1854" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2781" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3348" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4275" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5202" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5769" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6696" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
-[...10 lines deleted...]
-    <w:lvlOverride w:ilvl="8"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
-      <w:startOverride w:val="2"/>
+      <w:startOverride w:val="7"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="5"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="5"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="3"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5">
-[...28 lines deleted...]
-  </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="6"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="8">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="125"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00226B3F"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00E34570"/>
+    <w:rsidRoot w:val="004E70A8"/>
+    <w:rsid w:val="00035CB8"/>
+    <w:rsid w:val="000B1EC7"/>
+    <w:rsid w:val="0015639E"/>
+    <w:rsid w:val="00205BC5"/>
+    <w:rsid w:val="004E70A8"/>
+    <w:rsid w:val="006505B7"/>
+    <w:rsid w:val="00654B22"/>
+    <w:rsid w:val="006D3B4B"/>
+    <w:rsid w:val="006D7CF5"/>
+    <w:rsid w:val="00783DCB"/>
+    <w:rsid w:val="008B0E72"/>
+    <w:rsid w:val="00AB1850"/>
+    <w:rsid w:val="00B47723"/>
+    <w:rsid w:val="00B8799C"/>
+    <w:rsid w:val="00BC266A"/>
+    <w:rsid w:val="00BE1B73"/>
+    <w:rsid w:val="00BE2E19"/>
+    <w:rsid w:val="00BE37A0"/>
+    <w:rsid w:val="00C81161"/>
+    <w:rsid w:val="00C94343"/>
+    <w:rsid w:val="00CF1D0E"/>
+    <w:rsid w:val="00D12B62"/>
+    <w:rsid w:val="00D277B1"/>
+    <w:rsid w:val="00D7355F"/>
+    <w:rsid w:val="00DB7608"/>
+    <w:rsid w:val="00E5799E"/>
+    <w:rsid w:val="00EC50FA"/>
+    <w:rsid w:val="00EE7ABE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0AE46AA9"/>
+  <w14:docId w14:val="5C18D7E1"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{7F9CF110-D6E9-4BF6-8268-592EB84A1BE8}"/>
+  <w15:docId w15:val="{62965170-1E8C-4FDC-8363-16CC47D00817}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7146,137 +8587,242 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00226B3F"/>
-[...7 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:aliases w:val="2"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00226B3F"/>
+    <w:rsid w:val="004E70A8"/>
     <w:pPr>
-      <w:spacing w:after="200"/>
       <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE1B73"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BE1B73"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE1B73"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BE1B73"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00783DCB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:eastAsia="lv-LV"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
-[...5 lines deleted...]
-    <w:rsid w:val="00226B3F"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00783DCB"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="en-GB" w:eastAsia="lv-LV"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00226B3F"/>
+    <w:rsid w:val="000B1EC7"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000B1EC7"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000B1EC7"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000B1EC7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000B1EC7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:artjoms.jelisejevs@agentura.iem.gov.lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:12eat@12eat.lv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:artjoms.jelisejevs@agentura.iem.gov.lv" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/ta/id/225418-civillikums" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7534,70 +9080,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>6631</Characters>
+  <Pages>7</Pages>
+  <Words>12940</Words>
+  <Characters>7377</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>61</Lines>
+  <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18228</CharactersWithSpaces>
+  <CharactersWithSpaces>20277</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vanda Skole</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>